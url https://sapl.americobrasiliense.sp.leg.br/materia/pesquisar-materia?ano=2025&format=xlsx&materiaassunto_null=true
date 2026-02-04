--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7637" uniqueCount="3356">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7757" uniqueCount="3403">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -450,51 +450,51 @@
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2075/of_227_2025_assinado_pl_.pdf</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2076/pl_037.pdf</t>
   </si>
   <si>
     <t>Autoriza desmembramento de imóvel na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.americobrasiliense.sp.leg.br/media/</t>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2118/pl_038_of_225_2025_assinado_pl_.pdf</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2119/pl_039_of_240_2025_assinado_pl_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2402, de 06 de maio de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2120/pl_040_of_241_2025_assinado_pl_.pdf</t>
   </si>
   <si>
     <t>2121</t>
   </si>
@@ -876,72 +876,78 @@
   <si>
     <t>Institui o Programa Municipal de Entrega Domiciliar de Medicamentos no âmbito do Município de Américo Brasiliense, e dá outras providências.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>BAHIA DO CORTE</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2487/pl_076-2025.pdf</t>
   </si>
   <si>
     <t>Institui o airsoft como esporte oficial no município de Américo Brasiliense, e dá outras providências.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2486/pl_079-2025.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a acessibilidade de pessoas com deficiência ou mobilidade reduzida a brinquedos e equipamentos de academia em espaços públicos, creches e escolas públicas municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2488/pl_080-2025.pdf</t>
+  </si>
+  <si>
     <t>Institui o Campeonato Interescolar no município de Américo Brasiliense, nas modalidades e categorias que especifica e dá outras providencias.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2489/pl_081-2025.pdf</t>
   </si>
   <si>
-    <t>Inclui no Calendário Oficial de Eventos do Município deAmericoBrasiliense a campanha "Natal Sem Fome", a ser realizada anualmente no segundo domingo do Ines de dezembro, e dá outras providencias.</t>
+    <t>Inclui no Calendário Oficial de Eventos do Município de AmericoBrasiliense a campanha "Natal Sem Fome", a ser realizada anualmente no segundo domingo do mês de dezembro, e dá outras providencias.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>MAICON RIOS, ROGELMA MASCARENHAS DE ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2492/pl_082.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município de Américo Brasiliense a "Semana da Mulher Empreendedora", e dá outras providências.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2525/pl_083_01_of_425_2025_assinado_pl_.pdf</t>
   </si>
@@ -969,50 +975,98 @@
   <si>
     <t>Altera dispositivos da Lei nº 2575, de 22 de julho de 2024, Lei nº 2616, de 20 de dezembro de 2024 e Lei nº 2683, de 14 de novembro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2601/pl_086.pdf</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2596/pl_087.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Capacitação em Primeiros Socorros, abrangendo a Manobra de Heimlich, técnicas de desobstrução das vias aéreas e demais procedimentos preventivos e emergenciais, destinado às pessoas que especifica, no âmbito do Município de Américo Brasiliense, e dá outras providências.</t>
   </si>
   <si>
+    <t>2628</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2628/pl_088.pdf</t>
+  </si>
+  <si>
+    <t>Altera o “Anexo I” da Lei Municipal nº 1397, de 16 de dezembro de 2003 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2629</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2629/pl_089_e_anexos.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de subvenções sociais às entidades no exercício financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2632</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2632/pl_090.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de créditos adicionais especiais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2633</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2633/pl_091.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão de Emendas Impositivas na Lei Orçamentária de 2026 e dá outras providências.</t>
+  </si>
+  <si>
     <t>1662</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1662/plc_001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual aos servidores municipais do Poder Executivo de Américo Brasiliense e dei outras providências.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>Maicon Rios, Bahia do Corte, Bruno Ribeiro, Rogelma Mascarenhas de Almeida</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1664/plc_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual dos servidores do Poder Legislativo do Município de Américo Brasiliense, nos termos do artigo 37, inciso X da Constituição Federal de 1988, e dá outras providências.</t>
@@ -1068,50 +1122,65 @@
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2214/plc_008-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo a Lei Complementar n°210, de 1° de abril de 2019</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2339/plc_009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar nº 289, de 1º de julho de 2025, e na Lei Complementar nº 255, de 15 de dezembro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2445/plc_010_of_380_2025_assinado_plc_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 114, de 16 de junho de 2011, que dispõe sobre a organização administrativa da Prefeitura Municipal de Américo Brasiliense e dá outras providências.</t>
   </si>
   <si>
+    <t>2630</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2630/plc_011.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei nº 979, de 08 de dezembro de 1993, que instituiu o Código Tributário do Município de Américo Brasiliense e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2631</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2631/plc_012.pdf</t>
+  </si>
+  <si>
     <t>1663</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1663/pr_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Constituição da Comissão de Representação da Câmara Municipal de Américo Brasiliense, para o Biênio de 2025/2026 e dá outras providências.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1782/pr_002.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo à Resolução n° 002 de 03 de agosto de 2021.</t>
   </si>
   <si>
     <t>2032</t>
@@ -1173,96 +1242,174 @@
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>BRUNO RIBEIRO, JHON BRAGA</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2300/pdl_001-2025_merged.pdf</t>
   </si>
   <si>
     <t>Confere Título de “Cidadão Ameriliense” ao Ilmo. Sr. Pe. VALDEMIR ARAÚJO DA SILVA.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>CIDÃO MINEIRO, EDSON DO LANCHE, MAICON RIOS</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1983/decreto_legislativo_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Confere Título de “Cidadã Ameriliense” à Exma. Sra. THAINARA FARIA, DD. DEPUTADA ESTADUAL.</t>
   </si>
   <si>
+    <t>2647</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2647/projeto_de_decreto_004_-rogelma_e_bahia-_cidadao_ameriliense_joscimar.pdf</t>
+  </si>
+  <si>
+    <t>Confere Titulo de "Cidadão Ameriliense" ao Ilmo. Sr. JOSCIMAR LIMA RODRIGUES.</t>
+  </si>
+  <si>
     <t>2398</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2398/projeto_de_decreto_005_processo_695-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação das Contas Anuais do Município de Américo Brasiliense, relativas ao Exercício de 2021, acompanhando o Parecer emitido pelo Egrégio Tribunal de Contas do Estado de São Paulo e dá outras providências.”</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2399/projeto_de_decreto_006_processo_867-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação das Contas Anuais do Município de Américo Brasiliense, relativas ao Exercício de 2022, acompanhando o Parecer emitido pelo Egrégio Tribunal de Contas do Estado de São Paulo e dá outras providências.”</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/</t>
+  </si>
+  <si>
     <t>Institui Sessão Solene anual em homenagem ao Dia da Família no âmbito do Poder Legislativo do Município de Américo Brasiliense, e dá outras providências.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>DIEGO VIVEIROS, MAICON RIOS</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2493/pdl_008.pdf</t>
   </si>
   <si>
     <t>Altera o Decreto Legislativo n° 003, de 22 de maio de 2018, para instituir o Diploma de Honra "Maria Lucinda Bento".</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2490/pdl_009.pdf</t>
   </si>
   <si>
     <t>Institui a "Galeria de Destaque — Mulheres na Politica", destinada a homenagear todas as Vereadoras que integraram a Camara Municipal de Américo Brasiliense ao longo de sua história.</t>
+  </si>
+  <si>
+    <t>2648</t>
+  </si>
+  <si>
+    <t>CIDÃO MINEIRO, EDSON DO LANCHE</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2648/pdl_010.pdf</t>
+  </si>
+  <si>
+    <t>Confere Título de "Cidadão Ameriliense” ao Exmo. Sr. ARLINDO CHINAGLIA JÚNIOR,DD. DEPUTADO FEDERAL.</t>
+  </si>
+  <si>
+    <t>2637</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2637/pdl_011.pdf</t>
+  </si>
+  <si>
+    <t>Confere Título de "Cidadão Ameriliense" ao Ilmo. Sr. FERNANDO PASSOS.</t>
+  </si>
+  <si>
+    <t>2638</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2638/pdl_012.pdf</t>
+  </si>
+  <si>
+    <t>Confere Diploma de "Honra ao Mérito" ao Ilmo. Sr. DIMAS EDUARDO RAMALHO.</t>
+  </si>
+  <si>
+    <t>2639</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2639/pdl_013.pdf</t>
+  </si>
+  <si>
+    <t>Confere Título de "Cidadão Ameriliense" ao Ilmo. Sr. JOSÉ LUIZ TECIA NO.</t>
+  </si>
+  <si>
+    <t>2640</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2640/pdl_014.pdf</t>
+  </si>
+  <si>
+    <t>Confere Diploma de "Reconhecimento Público" à ESCOLA ESTADUAL DOUTOR ALBERTO ALVES ROLLO.</t>
+  </si>
+  <si>
+    <t>2641</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2641/pdl_015.pdf</t>
+  </si>
+  <si>
+    <t>Confere Diploma de "Reconhecimento Público" à ESCOLA ESTADUAL PROFESSORA DINORÁ MARCONDES GOMES.</t>
+  </si>
+  <si>
+    <t>2642</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2642/pdl_016.pdf</t>
+  </si>
+  <si>
+    <t>Confere Título de "Cidadão Ameriliense" ao Ilmo Sr. ANTÔNIO JOSÉ LAURINDO (PEIXINHO).</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>ADEMIR DOS SANTOS, ANDRÉ DA AUTOESCOLA, CIDÃO MINEIRO, DIEGO VIVEIROS, EDINAN SALGADOS, EDSON DO LANCHE, JHON BRAGA, MAICON RIOS, ROGELMA MASCARENHAS DE ALMEIDA, SILAS DA SADIA, VAN DO GÁS</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2033/projeto_de_emenda_organizacional_no_001.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do artigo 25 da Lei Orgânica do Município."</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>RUE</t>
   </si>
@@ -2199,75 +2346,66 @@
   <si>
     <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente para que informe a esta Casa de Leis, as seguintes informações: 1. Qual é o procedimento oficial vigente para que os munícipes solicitem manutenção, poda, substituição ou plantio de árvores em áreas públicas? 2. Existe algum planejamento da administração para estruturar uma equipe própria dedicada ao atendimento das demandas relacionadas ao meio ambiente, com foco especial nos cuidados com a arborização urbana? 3. Há atualmente algum programa municipal em execução ou em fase de planejamento que contemple:  • a substituição de árvores que ofereçam risco por espécies mais adequadas; • a manutenção das árvores existentes (podas corretivas e preventivas, reparos etc.); • e o plantio de novas árvores em áreas públicas com pouca ou nenhuma cobertura vegetal?</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_086__andre_da_autoescola_-_revitalizacao_da_praca_localizada_no_bairro_sinha_prados_proc._754.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, para que envie a esta Casa de Leis as seguintes informações: 1. Há programação oficial para a revitalização da praça localizada no bairro Sinhá Prado (Chaparral)? 2. Em caso afirmativo, qual o cronograma previsto para o início e término das obras? 3. O projeto contempla a implantação de uma quadra poliesportiva para uso da comunidade? 4. Em caso negativo, existe a possibilidade de que o projeto seja revisto para inclusão da referida quadra, dada sua importância para o bem-estar e desenvolvimento das crianças e jovens do bairro?</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_087__rogelma_-_camera_de_monitoramento__proc._758.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Tabata Amaral, DD. Deputada Federal, solicitando de Sua Excelência a destinação de recurso, no valor R$ 200.000,00 (duzentos mil reais), por meio de emenda parlamentar para ser aplicada em câmera de monitoramento no município de Américo Brasiliense.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>88</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_088__andre_da_autoescola_-_poda_das_arvores_na_rua_emilia_galli_proc._766.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, para que envie a esta Casa de Leis a seguinte informação: Quando será realizada a poda das árvores localizadas na rua Emília Gali, no centro da cidade, que estão obstruindo a iluminação pública, de modo a garantir uma visibilidade adequada e maior segurança para os transeuntes, especialmente os estudantes e comerciantes que utilizam o trajeto à noite.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
-    <t>90</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_090__bruno_ribeiro_-_iluminacao_publica_proc._785.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, para que envie a esta Casa de Leis a seguinte informação: Qual o planejamento para a instalação de iluminação na rotatória do bairro Jardim Primaveras e na entrada do bairro Jardim Maria Luiza, na avenida Maria Lopes Flor, uma vez que eles permanecem excessivamente escuros oferecendo riscos à população.</t>
   </si>
   <si>
     <t>2067</t>
-  </si>
-[...1 lines deleted...]
-    <t>91</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_091_jhon_braga_-_reservatorios_de_agua_proc._789.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o DAEMA ou setor competente, para que envie a esta Casa de Leis as seguintes informações sobre os reservatórios de água do município de Américo Brasiliense, com foco na estrutura, manutenção e limpeza ao longo dos últimos anos: 1. Cópia dos projetos estruturais de todos os reservatórios de água do município, especialmente do reservatório central (caso estejam disponíveis); 2. Informações consolidadas sobre as manutenções corretivas realizadas nos reservatórios nos últimos 5 (cinco) anos, especificando: 1. A frequência dessas manutenções; 2. O valor total gasto em cada ano; 3. Os tipos de serviços mais recorrentes; 4. As empresas contratadas ou servidores responsáveis pelas execuções; 5. Se existe algum cronograma ou histórico de higienizações realizadas nos reservatórios. Em caso afirmativo, detalhar as ações executadas.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_092_jhon_braga_-_protecao_dos_agua_potavel_proc._793.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, para que envie a esta Casa de Leis as seguintes informações: 1. Existe previsão orçamentária, estudo ou projeto em andamento para implantação de sistemas de proteção física nos reservatórios de água potável do Munícipio, como cercas, muros, portões, câmeras ou outros mecanismos de controle e segurança? 2. Caso não haja nenhuma medida prevista, a Administração pretende realizar estudo técnico com urgência para viabilizar essa adequação de segurança?</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>93</t>
   </si>
@@ -3563,60 +3701,96 @@
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2595/requerimento_205_-_rogelma_mascarenhas_-_recapeamento_rua_limeira_proc_1506.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, no sentido de informar a esta Casa Leis se existe alguma previsão de recapeamento da rua Limeira no trecho localizado entre as ruas Taubaté e Viradouro, tendo em vista que o local se encontra intransitável.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2624/requerimento_206-_andre_da_autoescola-_concen_proc_1635.pdf</t>
   </si>
   <si>
     <t>Seja oficiado á Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência entrar em entendimento com o setor competente para que envie a esta Casa de Leis as seguintes informações: 1. Relação nominal de todos os instrutores esportivos, monitores esportivos e instrutores de artes marciais credenciados pelo referido Consórcio e atualmente em atuação no Município; 2. Local de atuação de cada profissional; 3. Carga horária prevista em contrato; 4. Valores mensais a receber por cada colaborador, conforme contrato firmado; 5. Cópias integrais dos contratos celebrados entre o Consórcio e cada profissional; 6. Extratos de pagamento de cada colaborador desde o primeiro mês de atuação, informando claramente os valores e datas de pagamento. Caso os pagamentos sejam realizados via holerite, encaminhar as cópias correspondentes. Caso os pagamentos sejam realizados via PIX, encaminhar todos os comprovantes de transferência, mês a mês,</t>
   </si>
   <si>
+    <t>2634</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2634/requerimento_207-_rogelma_mascarenhas_-_limpeza_da_linha_ferrea_proc._1634.pdf</t>
+  </si>
+  <si>
+    <t>Seja oficiado à Empresa Rumo Logística, no sentido de efetuar a limpeza de toda a extensão da linha férrea do Município com extrema urgência.</t>
+  </si>
+  <si>
     <t>2625</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_208-_silas_da_sadia_-_vendedores_ambulantes_proc._1640.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, no sentido de informar a esta Casa de Leis qual será o valor cobrado dos vendedores ambulantes do Município, que trabalham na avenida Joaquim Afonso da Costa, localizada no bairro Jardim Bela Vista, no período de festividades de final de ano.</t>
+  </si>
+  <si>
+    <t>2635</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2635/requerimento_209-_bruno_ribeiro_-_programa_de_educacao_ambiental_proc._1642.pdf</t>
+  </si>
+  <si>
+    <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, em especial o Departamento de Meio Ambiente, no sentido de informar esta Casa de Leis sobre o planejamento para a criação e implementação de um Programa de Educação Ambiental em parceria com as escolas da rede municipal de ensino. O referido programa poderá contemplar a participação ativa das crianças em ações educativas e práticas voltadas à sustentabilidade, incluindo: • Metodologias de conscientização ambiental; • Estratégias pedagógicas para ampliar a coleta seletiva nas unidades escolares; • Atividades de reciclagem e reaproveitamento de materiais; • Campanhas permanentes de preservação do meio ambiente; • Criação e formação de Agentes Mirins Ambientais; •	Propostas de integração da comunidade escolar e das famílias, visando fortalecer a educação ambiental e garantir impacto real nas práticas sust</t>
+  </si>
+  <si>
+    <t>2636</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_210-_bruno_ribeiro_-_departamento_de_esportes_proc._1643.pdf</t>
+  </si>
+  <si>
+    <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o Departamento Municipal de Esportes no sentido de informar a esta Casa de Leis o que segue: 1.	Qual o planejamento esportivo previsto para o ano de 2026, incluindo cronograma, modalidades oferecidas, núcleos esportivos, público-alvo e metas estabelecidas? 2. Quais ações, projetos, adaptações ou estratégias de inclusão serão implementadas para garantir o acesso e a participação de crianças com TEA e de pessoas com deficiência nas atividades esportivas municipais? 3. Há profissionais capacitados (professores, monitores ou instrutores) para o atendimento adequado, sensível e inclusivo tanto às crianças com TEA quanto às demais pessoas com deficiência, garantindo suporte técnico e metodológico? 4. Quais modalidades esportivas serão adaptadas, ampliadas ou estruturadas para contemplar a participação de pessoas com TEA e de pe</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ADEMIR DOS SANTOS, BAHIA DO CORTE</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_001_-_proc_144.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência entrar em entendimento com o setor competente,  no sentido de se realizar a contratação urgente de um médico ginecologista para a Unidade Básica de Saúde “Doutor Luiz Carlos Della Rovere”, localizada no bairro Jardim São José, visto que  a mesma não disponibiliza deste profissional desde julho de 2024, sendo que esta especialidade médica é uma das solicitações prioritárias da nossa população.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_002_-_proc_125.pdf</t>
   </si>
@@ -4366,53 +4540,50 @@
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência entrar em entendimento com o setor competente no sentido de realizar, com urgência, a sinalização e pintura das vagas especiais, tendo em vista que a existência de placas visíveis e pinturas bem definidas não apenas facilita o acesso, mas também conscientiza a população sobre a importância de respeitar essas vagas.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_087_andre_da_autoescola_-_proc_404.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência entrar em entendimento com o setor competente no sentido de realizar a redução da jornada de trabalho dos funcionários públicos nos cargos de escriturários, cuidadores, agentes diversos e agentes escolares, de 8 horas para 6 horas diárias, pois isso trará benefícios tanto para os servidores quanto para a melhoria dos serviços oferecidos à comunidade.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_088_andre_da_autoescola_-_proc_397.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência que entre em entendimento com o setor competente no sentido de implementar o programa “Remédio em Casa”, que visa garantir o acesso mais eficiente aos remédios, especialmente àqueles que enfrentam dificuldades de mobilidade, como acamados, idosos e cadeirantes.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>89</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_089_jhon_braga_-_proc_400.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência entrar em entendimento com o setor competente no sentido de realizar a revitalização do campo de futebol e da praça "PAULO FRANCISCATTO", localizados entre a avenida dos Manacás e a rua dos Jacarandás, no bairro Jardim Primaveras. A revitalização inclui a substituição das traves de futebol, que se encontram danificadas, a roçagem, a limpeza do local, a remoção de entulhos e a poda das árvores presentes na área, visto que o espaço se encontra em condições inadequadas para o uso da comunidade, comprometendo a qualidade de vida dos moradores da região. Esta intervenção possibilitará a prática esportiva, proporcionando um espaço mais adequado e seguro para atividades físicas e recreativas.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_090_jhon_braga_-_proc_399.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência entrar em entendimento com o setor competente no sentido de realizar o recapeamento da rua dos Ipês. Tal medida se faz necessária devido ao precário estado de conservação do pavimento, uma vez que os buracos profundos favorecem o acúmulo de água parada, propiciando, assim, a proliferação de mosquitos, incluindo os transmissores da dengue.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_091_jhon_braga_-_proc_401.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência entrar em entendimento com o setor competente no sentido de entrar em entendimento com o setor competente, no sentido de realizar a roçagem, a limpeza e a implementação de mais iluminação na faixa de servidão existente entre a rua Gentil Prudente Correia e a rodovia SP-257, no trecho que liga o bairro Jardim Américo ao bairro Jardim Primaveras, tendo em vista que, devido à ausência de iluminação adequada e ao mato alto, o local permanece excessivamente escuro, dificultando a travessia de pedestres e aumentando os riscos de acidentes e de possíveis ações criminosas.</t>
   </si>
   <si>
     <t>1853</t>
@@ -5442,86 +5613,77 @@
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, no sentido de realizar o aumento da altura dos muros da Escola Municipal de Ensino Fundamental João Batista que estão excessivamente baixos, além da implementação de serpentinas no local.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_205_bruno_ribeiro_-_devida_sinalizacao_proc_861.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o Departamento de Transporte, com o objetivo de viabilizar a devida sinalização horizontal e vertical na esquina da rua Luiz Embriani com a rua Dom Pedro II, bem como na rua Nicolau Carneiro Leão, esquina com a avenida Santo Antônio.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_206_bahia_do_corte_-_fazer_troca_de_lampada_e_instalar_braco_de_luz_proc_863.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o Departamento de Transporte e Trânsito, com o objetivo de viabilizar a troca das lâmpadas e a instalação de braços de luz nos postes presentes no bairro Jardim Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>207</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_207_bruno_ribeiro_-__margens_do_corrego_sao_jose_i_e_ii_proc_862.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, no sentido de que sejam adotadas as seguintes providências nas margens do córrego que interliga os bairros Jardim São José I e II: 1- Realização da roçagem nas margens do córrego, visando à limpeza e manutenção do local, proporcionando maior visibilidade e segurança para os pedestres que transitam pela área; 2- Recuperação da calçada e substituição ou reparo das tampas de bueiro, uma vez que o estado atual dessas estruturas representa risco à segurança da população, especialmente dos pedestres; 3- Análise para obstruir o tráfego de veículos automotores nas margens do córrego, considerando o grande número de pedestres, incluindo crianças que se dirigem às escolas, e o risco iminente que a presença de veículos nesta área estreita e inadequada representa para a segurança da comunidade local.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_208_ademir_dos_santos_-__contratacao_emergencial_de_um_eletricista_proc_867.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, no sentido de viabilizar a contratação emergencial de um eletricista.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>209</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2089/indicacao_209_ademir_-_absenteismo_em_consultas_e_exames_na_rede_municipal_de_saude_proc_869.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, para que sejam intensificadas as ações de divulgação e conscientização acerca das consequências do absenteísmo em consultas e exames médicos, com foco especial na Unidade de Saúde da Família (USF) do bairro Jardim São José, pois campanhas educativas, aliadas a uma comunicação mais eficaz com os usuários do sistema de saúde, podem contribuir significativamente para a redução das faltas e, consequentemente, para a otimização dos recursos públicos e melhoria no atendimento da população.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>210</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2090/indicacao_210_cidao_mineiro_-__construcao_ded_lombada_proc_874.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, no sentido de realizar a construção de uma lombada na rua Martinho Furlan, localizada no bairro Jardim Santa Terezinha, em frente ao número 385.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2091/indicacao_211_edson_do_lanche_-__limpeza_e_tapa_buracos_na_rua_ana_pereira_de_godoi___proc_875.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Excelentíssima Senhora Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o setor competente, com o objetivo de viabilizar a limpeza e a realização da operação tapa-buracos na rua Ana Pereira de Godoy, na altura do número 210, localizada no bairro Jardim São José, em frente à Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2092/indicacao_212_edson_do_lanche_-_indicacao_de_limpeza_na_calcada_da_rua_mathias_pavao__proc_876.pdf</t>
@@ -8670,53 +8832,50 @@
   <si>
     <t>Seja consignado na ata dos trabalhos de hoje, Moção de Congratulações ao Senhor Valdeci Lourenço pano pelo brilhante trabalho e imensurável contribuição aos serviços prestados nesta Casa Legislativa.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>DIEGO VIVEIROS, ADEMIR DOS SANTOS, BAHIA DO CORTE, CIDÃO MINEIRO, MAICON RIOS, ROGELMA MASCARENHAS DE ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2014/mocao_057_diego_viveiros_-_noemi_de_araujo_abreu_-__proc._713.pdf</t>
   </si>
   <si>
     <t>Seja consignado na ata dos trabalhos de hoje, voto de profundo pesar pelo falecimento da Senhora NOEMIA DE ARAÚJO ABREU ocorrido no dia 12/05/2025.</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2025/mocao_058_diego_viveiros_-_romildo_silverio_-__proc._714.pdf</t>
   </si>
   <si>
     <t>Seja consignado na ata dos trabalhos de hoje, voto de profundo pesar pelo falecimento do Senhor ROMILDO SILVÉRIO, ocorrido no dia 11/05/2025.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>CIDÃO MINEIRO, EDSON DO LANCHE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2026/mocao_059_cidao_-___congratulacao_e_aplausos_para_o_deputado_carlos_zarattini-_proc_718.pdf</t>
   </si>
   <si>
     <t>Seja consignado na ata dos trabalhos de hoje, Moção de Congratulações ao Excelentíssimo Deputado Federal, Carlos Zarattini, por ser um dos responsáveis pelo envio de recursos (pelo PAC), para a construção da UBS do bairro Jardim Primaveras.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2027/mocao_060_cidao_-___congratulacao_e_aplausos_para_o_deputado_arlindo_chinaglia-_proc_717.pdf</t>
   </si>
   <si>
     <t>Seja consignado na ata dos trabalhos de hoje, Moção de Congratulações ao Excelentíssimo Deputado Federal, Arlindo Chinaglia, por ser um dos responsáveis pelo envio de recursos (pelo PAC), para a construção da UBS do bairro Jardim Primaveras.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_061_cidao_mineiro_-_gustavo_henrique_nunes_fernandes_-__proc._737.pdf</t>
   </si>
   <si>
     <t>Seja consignado na ata dos trabalhos de hoje, voto de profundo pesar pelo falecimento do Senhor GUSTAVO HENRIQUE NUNES FERNANDES, ocorrido no dia 15/05/2025.</t>
   </si>
   <si>
     <t>2029</t>
@@ -10051,68 +10210,50 @@
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2621/mocao_206_silas_da_sadia__-_congratulacoes_ao_dr._ezequiel_e_tatiana_da_saude_proc._1654.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO DOUTOR EZEQUIEL RÍOS ARIZA E À SERVIDORA TATIANA SOARES DOS SANTOS ANDRIGUETO</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>VAN DO GÁS, BRUNO RIBEIRO</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2622/mocao_207_van_do_gas__-_pesar_antonia_cristina_proc._xxx.pdf</t>
   </si>
   <si>
     <t>Seja consignado na ata dos trabalhos de hoje, voto de profundo pesar pelo falecimento da Senhora ANTÔNIA CRISTINA DE OLIVEIRA BOAVENTURA, ocorrido no dia 04/12/2025.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2623/mocao_208_cidao_mineiro-_pesar_cristina_antunes_proc._xxx.pdf</t>
   </si>
   <si>
     <t>Seja consignado na ata dos trabalhos de hoje, voto de profundo pesar pelo falecimento da Senhora CRISTINA ANTUNES DA SILVA, ocorrido no dia 03/12/2025.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Seja oficiado à Excelentíssima Senhora TEREZINHA APARECIDA VIVEIROS DE SOUZA, Digníssima Prefeita Municipal, solicitando de Sua Excelência, entrar em entendimento com o Departamento Municipal de Esportes no sentido de informar a esta Casa de Leis o que segue: 1.	Qual o planejamento esportivo previsto para o ano de 2026, incluindo cronograma, modalidades oferecidas, núcleos esportivos, público-alvo e metas estabelecidas? 2. Quais ações, projetos, adaptações ou estratégias de inclusão serão implementadas para garantir o acesso e a participação de crianças com TEA e de pessoas com deficiência nas atividades esportivas municipais? 3. Há profissionais capacitados (professores, monitores ou instrutores) para o atendimento adequado, sensível e inclusivo tanto às crianças com TEA quanto às demais pessoas com deficiência, garantindo suporte técnico e metodológico? 4. Quais modalidades esportivas serão adaptadas, ampliadas ou estruturadas para contemplar a participação de pessoas com TEA e de pe</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2400/emenda_01_aditiva_01_ao_pl_053-2025.pdf</t>
   </si>
   <si>
     <t>Emenda nº 01 Aditiva ao Projeto de Lei nº 053/2025</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>Emenda nº 01 Supressiva ao Projeto de Lei n° 060/2025</t>
   </si>
   <si>
     <t>2396</t>
   </si>
@@ -10461,56 +10602,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1665/pl_001-2025_merged.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1670/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1671/pl_003_anexos_merged_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1672/pl_004_merged.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1676/pl_005_anexos_merged.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1673/pl_006_anexos_merged.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1674/pl_007_anexos_merged.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1675/pl_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1677/pl_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1781/pl_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1783/pl_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1784/pl_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1785/pl_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1786/pl_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1787/pl_015_anexos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1788/pl_016__anexo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1838/of_124_2025_assinado_pl__1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1844/pl_018_of_126_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1861/pl_019_of_123_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1862/pl_020-2025_merged_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1868/pl_021_ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1912/pl_022_ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1913/pl23_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1914/pl_024_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1915/pl_025_ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_026_ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1953/pl27_merged.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1984/pl_028_e_mensagem_justificativa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1985/pl_029_e_justificativa_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1986/pl_030_of_097_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1987/pl_031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1988/pl_032_of_193_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1989/of_194_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2073/pl_034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2074/of_227_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2075/of_227_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2076/pl_037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2119/pl_039_of_240_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2120/pl_040_of_241_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2121/pl_041_of_246_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2122/pl_042_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2123/pl_043_of_245_2025_assinado_e_anexos_pl_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2124/pl_044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2125/pl_045_of_261_2025_assinado_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2174/pl_046-2025_justificativa_e_biografia_.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2175/pl_047_of_273_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2211/pl_048_of_277_2025_assinado_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2212/pl_049_of_282_2025_assinado_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2213/pl_050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2261/of_310_2025_assinado_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2262/pl_052_merged.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2301/pl_053_merged.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2302/pl_054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2303/pl_055_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2304/pl_056_merged.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2337/pl_057_e_anexo_ilovepdf_merged_26.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2338/pl_058_of_341_2025_assinado__1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2395/pl_059_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2340/pl_060.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2341/pl_061.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2342/processo_1214-_2025_pl_062.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2390/pl_063_of_369_2025_assinado_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2391/pl_064_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2392/pl_065_of_375_2025_assinado_pl__1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2393/pl_066_of_376_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2394/pl_067_of_371_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2442/pl_068_of_392_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2443/pl_069_of_398_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2444/of_400_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2483/pl_072-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2484/pl_074-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2485/pl_075-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2487/pl_076-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2489/pl_081-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2492/pl_082.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2525/pl_083_01_of_425_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2526/pl_084_of_406_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2600/pl_085.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2601/pl_086.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2596/pl_087.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1662/plc_001.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1664/plc_002-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1666/plc_003.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1836/plc_004_of_108_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1837/plc_005_correto_of_125_2025_texto_do_projeto_de_lei_.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1860/plc_006_subs.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2031/of_212_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2214/plc_008-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2339/plc_009.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2445/plc_010_of_380_2025_assinado_plc_.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1663/pr_001-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1782/pr_002.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_resolucao_no__003.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2072/projeto_de_resolucao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2215/pr_005-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2389/pr_006_-_codigo_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2491/pr_007-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2300/pdl_001-2025_merged.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1983/decreto_legislativo_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2398/projeto_de_decreto_005_processo_695-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2399/projeto_de_decreto_006_processo_867-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2493/pdl_008.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2490/pdl_009.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2033/projeto_de_emenda_organizacional_no_001.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1667/requerimento_de_urgencia_especial_001_plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1668/requerimento_de_urgencia_especial_002_plc_002-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1669/requerimento_de_urgencia_especial_003_plc_003-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1736/requerimento_de_urgencia_especial_004_pl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2343/requerimento_de_urgencia_especial_005_pl_057-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2344/requerimento_de_urgencia_especial_006_pl_058-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2523/requerimento_de_urgencia_especial_007_pl_082-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2524/requerimento_de_urgencia_especial_008_pdl_008-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2528/requerimento_de_urgencia_especial_009_pl_084-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2599/requerimento_de_urgencia_especial_010_pl_085-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2598/requerimento_de_urgencia_especial_011_pl_086-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2401/redacao_final_no_001-2025..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2482/redacao_final_002_-_pl_060.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1703/requerimento_001_-_proc_080.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1704/requerimento_002_-_proc_038.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1705/requerimento_003_-_proc_096.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1706/requerimento_003_-_proc_096.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1707/requerimento_005_-_proc_027.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1828/requerimento_006__diego__-_veiculo_sentra_proc._133.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1708/requerimento_007_-_proc_088.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1709/requerimento_008_-_proc_089.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1711/requerimento_010_-_proc_011.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1712/requerimento_011_-_proc_013.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1713/requerimento_012_-_proc_130.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1737/requerimento_013_-_proc_268.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1738/requerimento_014_-_proc_258.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1739/requerimento_016_-_proc_253.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1740/requerimento_017_-_proc_277.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1741/requerimento_018_-_proc_263.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1742/requerimento_019_-_proc_265.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1743/requerimento_020_-_proc_264.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1744/requerimento_021_-_proc_254.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1745/requerimento_022_-_proc_255.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1746/requerimento_023_-_proc_155.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1747/requerimento_024_-_proc_182.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1748/requerimento_025_-_proc_140.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1749/requerimento_026_-_proc_183.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1750/requerimento_027_-_proc_240.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1814/requerimento_028__rogelma_-_emenda_para_cobertura_da_arquibancada_do_estadio_municipal._proc._044.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1815/requerimento_029__rogelma_-_servicos_de_pulverizacao__proc._244.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1816/requerimento_030__rogelma_-_furp__proc._247.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1817/requerimento_032__andre_da_autoescola_-_levantamento_para_equipamentos_do_sad___proc._337.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1818/requerimento_033__andre_da_autoescola_-_construcao_do_calcamento_e_das_calcados_de_acesso_ao_dinora___proc._336.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1819/requerimento_035__jhon_braga_-_requerimento_recursos_destinados_pelos_deputados_marcio_nakashima_e_thainara_faria_proc._357.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1820/requerimento_036__edinan_salgados_-_hospital_jose_nigro_proc._353.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1821/requerimento_037__edinan_salgados_-_dengario_proc._352.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1822/requerimento_038__jhon_braga_-_tapa_buracos_ou_racapeamento_proc._359._359.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1829/requerimento_039__andre_da_autoescola_-_castramovel___proc._368.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_040__rogelma_mascarenhas_de_almeida_-_recursos_perdidos___proc._390.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1831/requerimento_041__andre_da_autoescola_-_dados_da_atuacao_do_centro_de_triagem_animal___proc._377.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1832/requerimento_042_andre_da_autoescola__-_descartes_irregulares_de_lixo_e_residuos__proc._403.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1833/requerimento_043__jhon_braga_-_situacao_do_dengario___proc._402.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1834/requerimento_044__rogelma_mascarenhas_de_almeida_-_solicitando_da_cpfl___proc._416.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1835/requerimento_045_maicon_rios_-_alteracao_do_objeto_da_emenda_impositiva__-_oficio_098-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1891/requerimento_046__jhon_braga_-_plano_de_mobilidade_urbana___proc._484.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1892/requerimento_047__silas_da_sadia_-_disponibilizar_servidor_para_a_farmacia__proc._438.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1893/requerimento_048_bruno_-__saude_publica__proc._462.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_049_bruno_-__virgilio__proc._461.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1895/requerimento_050__rogelma_mascarenhas_de_almeida_-_equipamentos_de_academia_perdidos___proc._470.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1896/requerimento_051__rogelma_mascarenhas_-_solicitando_da_cpfl___proc._495.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1897/requerimento_052_edinan_salgados_-_autismo____proc._529.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1898/requerimento_053_andre_da_autoescola_-_barracos_em_lugares_publicos__proc._507.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1899/requerimento_054__cidao_mineiro_-_nao_realizar_a_colocacao_de_traves__proc._524.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1900/requerimento_055_andre_da_autoescola_-_reabrir_o_banheiro_publico____proc._525.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1901/requerimento_056_andre_da_autoescola_-_perguntas_sobre_o_cemiterio____proc._526.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1902/requerimento_057__edson_do_lanche_-_funcionarios_no_urbanismo__proc._528.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1903/requerimento_058__jhon_braga_-_ligacao_entre_escola_e_quadra____proc._527.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1917/requerimento_059__cidao_mineiro_-_onde_foram_instaladas_as_academias_ao_ar_livre_e_playgrounds_proc._563.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1918/requerimento_060__cidao_mineiro_-_recursos_da_cip_proc._562.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1919/requerimento_061_bruno_ribeiro_-_atendimento_especializado_proc._565.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1920/requerimento_062_bruno_ribeiro_-_coleta_de_lixo_no_municipio_proc._568.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1921/requerimento_063_bruno_ribeiro_-_departamento_da_cultura_proc._576.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1922/requerimento_064_bahia_-_de_reforma_das_quadras_esportivas__proc._578.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1923/requerimento_065_edinan_salgados_-_iluminacao_o_cemiterio_proc._555.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1924/requerimento_066__andre_da_autoescola_-_praca_de_alimentacao_proc._589.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1925/requerimento_067__andre_da_autoescola_-_centro_esportivo_aparecido_campos_proc._590.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1926/requerimento_068__andre_da_autoescola_-_licitacao_proc._565.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1976/requerimento_069__rogelma_-_projetos_de_recapeamento_proc._626.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1977/requerimento_070__rogelma__-_kits_cabeleireiro_proc._625.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1978/requerimento_071__rogelma__-_ambulancia_proc._624.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1979/requerimento_072__andre_da_autoescola__-_informacoes_imoveis_pertencentes_a_administracao_municipal_proc._634.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2015/requerimento_073__jhon_braga_-_instituto_de_pesquisas_tecnologicas_ipt__proc._721.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1980/requerimento_074_jhon_braga_-_inseguranca__proc._643.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1981/requerimento_075_jhon_braga_-_cargos___proc._642.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1982/requerimento_076_jhon_braga_-_pedido_de_resposta_proc._641.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2016/requerimento_077__rogelma_-_enviar_custei_para_saude_proc._683.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2017/requerimento_078__rogelma_-_enviar_recurso_para_implementacao_de_pracas_ao_ar_livre_proc._684.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2018/requerimento_079__rogelma_-_lampadas_queimadas_proc._677.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2019/requerimento_080__bruno_ribeiro_-_divisao_de_atendimento_clinico_proc._689.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2020/requerimento_081__bahia_do_corte_-_corte_de_agua_proc._671.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2021/requerimento_082__bruno_ribeiro_-_aumento_da_violencia_as_mulheres_proc._672.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2022/requerimento_083__andre_da_autoescola_-_cronograma_de_poda_de_arvores_proc._705.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2023/requerimento_084__jhon_braga_-_melhorias_na_sinalizacao__proc._720.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2024/requerimento_085__jhon_braga_-_arborizacao_urbana__proc._723.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_086__andre_da_autoescola_-_revitalizacao_da_praca_localizada_no_bairro_sinha_prados_proc._754.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_087__rogelma_-_camera_de_monitoramento__proc._758.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_088__andre_da_autoescola_-_poda_das_arvores_na_rua_emilia_galli_proc._766.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_090__bruno_ribeiro_-_iluminacao_publica_proc._785.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_091_jhon_braga_-_reservatorios_de_agua_proc._789.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_092_jhon_braga_-_protecao_dos_agua_potavel_proc._793.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2069/requerimento_093_jhon_braga_-_abrigo_pro-vida_francisco_toledo_piza._proc._794.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2070/requerimento_094_andre_da_autoescola_-_sinalizacoes_semaforicas__proc._797.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2071/requerimento_095__edson_do_lanche_-_lombada_proc._791.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2099/requerimento_096__bruno_ribeiro_-_departamento_de_odonto_proc._801.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2100/requerimento_097__bahia_do_corte_-_clinicas_sem_cilindro_de_oxigenio_proc._836.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2101/requerimento_098__bahia_do_corte_-_aumento_nas_enfermeiras_da_unidade_do_luiz_ometto_proc._837.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2102/mocao_099_diego_viveiros_-_angelina_da_silva_pereira_-__proc._971.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2103/requerimento_100_rogelma_mascarenhas_-_quais_medidas_a_administracao_esta_tomando_sobre_as_luzes__proc._854.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2104/requerimento_101_bruno_ribeiro_-_saude_e_a_mobilidade__proc._860.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2105/requerimento_102_andre_da_autoescola_-_manutencao_na_praca_do_bairro_sao_judas_tadeu___proc._857.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2106/retirada_de_protocolo_-_andre_da_autoescola_-_proc__858.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2107/requerimento_104_jhon_braga_-_execucao_de_cortes_no_fornecimento_de_agua___proc._879.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2190/requerimento_105_edson_do_lanche_-_loteamento_ouro_verde__proc._914.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2127/requerimento_107_andre_da_autoescola_-_secretarias_municipais___proc._972.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2130/requerimento_109_bruno_ribeiro_-_crescimento_economico__proc._954.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2131/requerimento_110_bruno_ribeiro_-_biblioteca_escolar__proc._964.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2132/requerimento_111_bruno_ribeiro_-_pratica_de_xadrez_nas_escolas__proc._963.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2191/requerimento_112_silas_da_sadia_e_andre_-_comissao_de_transito___proc._1013.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2192/requerimento_113_bruno_ribeiro_-_planejamento_de_limpeza_da_praca_paulo_franciscatto__proc._1020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2193/requerimento_114_rogelma_mascarenhas_-_poste_de_iluminacao___proc._1010.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2194/requerimento_115_bruno_ribeiro_-_alteracao_de_horarios_das_consultas_proc._1004.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2195/requerimento_116_silas_da_sadia_e_andre_-_bens_inserviveis___proc._1012.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2196/requerimento_117_andre_da_autoescola_-_sinalizacao_de_transito___proc._1024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2197/requerimento_118_andre_da_autoescola_-_obra_da_estacao_proc._1028.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2217/requerimento_120_maicon_rios_-_relacao_atualizada_dos_conselhos_municipais__proc._1055.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2218/requerimento_121_andre__-_entrega_de_marmitas_durante_as_ferias___proc._1046.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2219/requerimento_122_rogelma__-_alameda_mario_cavalari___proc._1066.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2220/requerimento_124_andre_da_autoescola_-_area_de_preservacao_permanente_app__proc._1120.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2221/requerimento_125_jhon__-_solicita_relacao_completa_dos_departamentos___proc._1057.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2222/requerimento_126_cidao_mineiro_-_para_que_a_empresa_cruz_se_atente_ao_horario__proc._1098.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2223/requerimento_127_bahia_do_corte_-_funcionamento_do_conselho_tutelar__proc._1107.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2224/requerimento_128_jhon__-_cadastro_de_pessoas_com_deficiencia___proc._1123.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2225/requerimento_129_jhon_braga_-_concen__proc._1121.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2286/requerimento_130_-__andre__-_cronograma_fisico-financeiro____proc._1188.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2287/requerimento_131_-__andre__-_cobranca_pelos_espacos_publicos_esportivos_proc._1196.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2288/requerimento_132_-__rogelma_-_aparelho_geofone_____proc._1133.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2290/requerimento_133_bruno_ribeiro_-_reforma_da_unidade_hospitalar_proc._1148.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2291/requerimento_134_bruno_ribeiro_-_casa_da_juventude_proc._1145.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2292/requerimento_135_-_silas_da_sadia_-_iluminacao_de_led_proc._1154.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2293/requerimento_136_-_maicon_rios_-_vestiario_da_piscina_____proc._1151.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_137_-_andre_autoescola_-_ponte__proc._1194.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2296/requerimento_139_-_jhon_braga_-_homem-hora__proc._1193.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2297/requerimento_140-_jhon_braga_-_contrato_com_a_link_beneficios__proc._1197.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2298/requerimento_141__edinan_-fiscalizacao_saude_proc_1192.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2299/requerimento_142__rogelma_-_envio_de_recursos_proc._1184.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2331/requerimento_144_-__bruno_ribeiro__-_instalacao_de_cameras_nas_escolas__proc._1221.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2332/requerimento_145_-__bruno_ribeiro__-_limpeza_dos_fios_e_cabos__proc._1234.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2333/requerimento_146_-__andre__-_multa_por_perda_da_carteirinha__proc._1220.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2334/requerimento_147_-__rogelma___-_folha_de_pagamento__proc._1236.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2335/requerimento_148_-__rogelma___-_daema__proc._1238.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2336/requerimento_149_-__rogelma___-_empresa_rumo_logistica_proc.1237.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2370/requerimento_150_-_silas_da_sadia_-_listagem_dos_veiculos_ativos_para_manutencao__proc._1278.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2371/requerimento_151_-__bruno_ribeiro__-_planejamento_sobre_acessibilidade__proc._1299.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2372/requerimento_152_-_andre_da_autoescola__-_bancos_de_concreto__proc._1294.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2374/requerimento_154_-__jhon_braga__-_calendario_de_vacinas__proc._1291.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2375/requerimento_155_-__rogelma_mascarenhas__-_seguranca_do_hospital__proc._1304.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2376/requerimento_156_-__bruno_ribeiro__-_manutencao_e_organizacao_dos_fios__proc._1318.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2377/requerimento_157_-__rogelma_mascarenhas__-arrecadacao_de_tributos_proc._1313.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2378/requerimento_158_-__rogelma_mascarenhas__-coronel_helena_dos_santoas_reis_proc._1314.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2379/requerimento_159_-__bahia_do_corte__-_indicacao_sobre_academia_ao_ar_livre__proc._1306.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2380/requerimento_160_-__deigo_viveiros_-_informar_estagio_atual_da_ponte__proc._1175.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2410/requerimento_161_-__andre__-_portal_da_transparencia_proc._1357.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2415/requerimento_162_-__bruno_ribeiro__-_fundacao_reviver_proc._1358.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2417/requerimento_163_-__bruno_ribeiro__e_silas_da_sadia_-_agressao_verbal_e_fisica_proc._1359.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2419/requerimento_164_-__jhon_braga_-_infraestrutura_cer_vera_lucia_cavassani_proc._1366.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2421/requerimento_165_-__andre_da_autoescola_-_retirada_de_ponto_de_onibus_proc._1364.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2422/requerimento_166_-__andre_da_autoescola_-_lei_do_estagio_proc._1363.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2423/requerimento_167-__edson_do_lanche_-_loteamento_ouro_verde._1386.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2424/requerimento_168_-__silas_da_sadia__-_registros_de_terceirizados_proc._1394.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2463/requerimento_169_-_bahia_do_corte_e_ademir_dos_santos_-_instalacao_da_jari_proc_1412.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2464/requerimento_170_-_andre_da_autoescola_-_gastos_com_o_1o_circuito_saude_da_mulher__proc_1421.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2465/requerimento_171_-_bruno_ribeiro_-_ao_departamento_de_planejamento_e_obras__proc_1423.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2466/requerimento_173_-_bruno_ribeiro_-_iluminacao_da_unidade_hospitalar_proc_1437.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2467/requerimento_174_-_jhon_braga_-_sesc_proc_1444.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2468/requerimento_175_-_jhon_braga_-_audiencia_publica_proc_1446.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2469/requerimento_176_-_jhon_braga_-_execucao_da_pista_de_caminhada_proc_1445.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2516/requerimento_178-_maicon_rios_-_composicao_do_conselho_municipal_dos_direitos_da_mulher_proc_1463.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2517/requerimento_179-_bruno_ribeiro_-_tarifa_social_proc_1477.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2518/requerimento_180-_bruno_ribeiro_-_viabilidade_para_mao_unica_proc_1494.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2541/requerimento_181-_andre_da_autoescola_-fome_nao_tira_ferias_proc._xxxxx.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2542/requerimento_182-_bruno_ribeiro_-obstrucao_do_transito_proc_1557.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2519/requerimento_184-_andre_da_autoescola_-substituicao_de_iluminacao_no_campo_municipal_proc_1503.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2520/requerimento_185-_jhon_braga_e_andre_da_autoescola_-situacao_da_estacao_do_tratamento_de_esgoto_proc.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2521/requerimento_186-_jhon_braga_-empresa_suprema_analitica_proc_1500.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2522/requerimento_188-_jhon_braga_-plano_de_emergencia_e_contingencia_ambiental_proc_1496.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2543/requerimento_189_-_jhon_braga_-figilancia_epidemiologica_proc_1566.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2544/requerimento_190_-_rogelma_mascarenhas_-_recapeamento_avenida_limeira_proc_1506.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2545/requerimento_191-_ademir_dos_santos_-programa_saude_da_familia_1509.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2546/requerimento_192-_andre_da_autoescola_-lei_lucas_1534.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2547/requerimento_193-_andre_da_autoescola_-transporte_de_pacientes_proc_1537.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2548/requerimento_194-_jhon_braga_-vigilancia_sanitaria_proc_1564.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2549/requerimento_195-2025_diego_viveiros_licenca.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2586/requerimento_196_-_rogelma_mascarenhas_-_multa_da_cetesb_proc_1591.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2587/requerimento_197-_diego_viveiros_-_odor_que_afeta_o_municipio._proc_1554.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2588/requerimento_198_-_andre_da_autoescola_-_informacoes_req._170-2025_proc._1602.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2589/requerimento_199_-_rogelma_mascarenhas_-_rua_pitangueiras_proc_1507.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2590/requerimento_200_-_andre_da_autoescola_-_informacoes_campeonato_sub_11_proc._1598.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2591/requerimento_201_-_jhon_braga_-_solicitacao_de_conferencia_documental__processo_seletivo_003-2025__.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2592/requerimento_202_-_jhon_braga_-_pagamentos_empresa_mfj__proc._1614.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2593/requerimento_203_-_andre_da_autoescola_e_bruno_ribeiro_-_pregao_da_empresa_mfj_treinamentos._proc._1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2594/requerimento_204_-_jhon_braga_-_laudos_da_agua_proc._1619.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2595/requerimento_205_-_rogelma_mascarenhas_-_recapeamento_rua_limeira_proc_1506.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2624/requerimento_206-_andre_da_autoescola-_concen_proc_1635.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_208-_silas_da_sadia_-_vendedores_ambulantes_proc._1640.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_001_-_proc_144.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_002_-_proc_125.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_003_-_proc_057.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1681/indicacao_004_-_proc_048.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1682/indicacao_005_-_proc_035.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1683/indicacao_006_-_proc_046.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1684/indicacao_007_-_proc_036.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_008_-_proc_112.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_009-_proc_037.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_010_-_proc_111.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_011_-_proc_132.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1689/indicacao_012_-_proc_095.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1690/indicacao_013_-_proc_094.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1691/indicacao_014_-_proc_146.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1692/indicacao_015_-_proc_143.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1693/indicacao_016_-_proc_147.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1694/indicacao_017_-_proc_066.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1695/indicacao_018_-_proc_067.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_019_-_proc_068.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1697/indicacao_020_-_proc_064.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1698/indicacao_021_-_proc_032.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1699/indicacao_022_-_proc_065.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1700/indicacao_023_-_proc_012.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1701/indicacao_024_-_proc_014.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_025_-_proc_018.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_026_-_proc_078.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_027_-_proc_274.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_028_-_proc_257.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_029_-_proc_256.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_030_-_proc_138.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_031_-_proc_107.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_032_-_proc_137.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_033__proc._251.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_034__proc._270.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_035__proc.271.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_036__proc.272.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_037_-_proc_203.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_038_-_proc_252.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_039_-_proc_145.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_040_-_proc_077.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1766/indicacao_041_-_proc_266.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1767/indicacao_042_-_proc_267.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1768/indicacao_043_-_proc_262.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1769/indicacao_044_-_proc_269.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1770/indicacao_045_-_proc_273.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1771/indicacao_046_-_proc_069.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1772/indicacao_047_-_proc_246.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_048_-_proc_241.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_049_-_proc_243.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1776/indicacao_050_-_proc_261.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_051__proc._056.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_052_diego_viveiros__-_aplicativo_whatsapp__proc_197pdf.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_055_rogelma_-_braco_de_lampadas_-_proc_242.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_056_rogelma_-_pintura_lombo_faixa_-_proc_260.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_057_andre__plano_de_carreiras___-_proc_303.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_059_van_calcada_na_academia_do_idoso_-_proc_301.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_060_van_poda_das_arvores__-_proc_302.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_061_van_recapeamento_-_proc_300.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao_062_edinan_lombadas_av._cristina_quadrado_della_rovere_-_proc_299.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_063__bahia_e_ademir-_lombada_na_alameda_mario_cavalari__proc_297.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_064__bahia_e_ademir-_cer_suely_de_lima__proc_307.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1799/indicacao_065__bahia_e_ademir_-_faixa_elevada_emilia_galli_proc_311.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_066_bruno_-_recapeamento_asfaltico__proc_098.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_067_bruno_-_passarela_e_lombo-_faixa__proc_306.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_068_cidao_-_estacionamento_45_graus__proc_331.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_070_ademir_e_bahia_-_ampliacao_da_unidade_de_saude_da_familia_usf___proc_333.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_071_ademir_e_bahia__-_realizada_a_reforma_da_unidade_hospitalar_dr._jose_nigro_neto__proc_334.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1806/indicacao_072_ademir_e_bahia_-_psicologo_para_atender_o_setor_de_educacao_proc_335.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_073_cidao_-_redutor_de_velocidade___proc_344.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_074_edson__-_limpar_a_rua_afonso_jose_nigro___proc_361.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_075_edson__-_limpar_a_alameda_mario_cavallari___proc_362.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1810/indicacao_076_jhon__-_regiao_de_alagamento_centro_e_bela_vista__proc_347.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1811/indicacao_077_jhon__-implantacao_de_lombadas_e_lombo_faixas_proc_356.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_078_jhon__-demandas_av._sumare_proc_348.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_079_silas_da_sadia__-_mao_unica_na_rua_toledo_pizza___proc_364.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_080_van_lombada_-_proc_312.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_081_van_melhorias_na_creche_sueli_-_proc_345.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_082_edson__-_manutencao_sao_jose_2_av_mario_cavalari__proc_372.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_083_cidao__-_verificar_tampas_de_bueiros_proc_405.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_084_rogelma_-_limpeza_das_galerias_de_aguas_pluviais_proc_385.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_085_rogelma_-_avenida_secondo_della_rovere_proc_386.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_086_andre_da_autoescola_-_proc_392.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_087_andre_da_autoescola_-_proc_404.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_088_andre_da_autoescola_-_proc_397.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_089_jhon_braga_-_proc_400.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_090_jhon_braga_-_proc_399.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_091_jhon_braga_-_proc_401.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao_092_rogelma_-_formigueiro_nas_pracas_proc_386.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao_093_diego_realizacao_do_dia_d_-_proc_407.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao_094_diego_revitalizar_a_avenida_carlos_lima__-_proc_296.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao_095_edson__-_manutencao_da_iluminacao_da_academia__proc_517.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_096_edson__-_sinalizacao_em_frente_ao_banco_do_brasil__proc_519.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_097_cidao_mineiro_-_pinturas_da_faixa_de_pedestre_proc_520.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_098_jhon_braga_implementar_proibido_estacioanar_-_proc_489.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_099_jhon_braga_estudo_completo_de_embarque_e_desembarque-_proc_488.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_100_jhon_braga_-_implementacao_de_semaforos_proc_483.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_101_silas__implementacao_de_lomaba-_proc_465.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_102_silas_reparo_no_esgoto_e_buracos_-_proc_437.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_103_silas_operacao_tapa_buracos-_proc_464.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_104_bahia_manutencao_da_estrada_-_proc_513.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_105_bahia_-_manutencao_do_playground_proc_458.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_106_bahia_instalacao_do_playground-_proc_457.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1876/indicacao_107_ademir_licitacao_para_saude-_proc_490.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_108_ademir_6_horas_das_recreacionistas_-_proc_492.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_109_ademir_especialista_odontologico_-_proc_491.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1879/indicacao_110_andre_da_autoescola_chipagem_de_esquinos-_proc_493.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1880/indicacao_111_andre_da_autoescola_arquibancada_lateral_-_proc_473.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1881/indicacao_112_andre_da_autoescola_tombamento_-_proc_472.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_113_rogelma_-_tapa-buracos_proc_487.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_114_rogelma_-_colocacao_de_parques_proc_460.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_115_cidao_mineiro_-_recapeamente_proc_521.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao_116_cidao_mineiro_-_lombada_proc_522.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1886/indicacao_117_edson__-__tapa_buracos_e_lombadas_proc_523.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1887/indicacao_118__bruno_-_quadra_poliesportiva-_faixa__proc_444.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1888/indicacao_119__bruno_-_transito_intenso_-_faixa__proc_435.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1889/indicacao_120_rogelma_-_praca_ao_ar_livre_proc_469.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_121_diego__-_cpfl__proc_432.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_122_bahia_-_manutencao_do_campo_e_quadra__proc_548.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_123_cidao_mineiro__sinalizar_e_pintar_as_faixas-_proc_577.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_124_bahia_-_limpeza_da_praca_proc_539.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_125_rogelma__-_implantacao_de_iluminacao_publica__proc_540.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_126_van_do_gas-_reparos_e_reformas_da_ubs_proc_552.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_127_maicon-_plimpeza_das_academias_ao_ar_livre_proc_596.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_128__rogelma__-_lombada_rua_carlos_borsoli__proc_496.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_130_bruno-_escolhinha_de_futebol_proc_567.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_130_bruno-_escolhinha_de_futebol_proc_567.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_131_ademir_-_saude_da_mulher_proc_572.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_132_ademir_-_saude_da_familia_proc_573.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_133_ademir_-_furp__proc_575.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_134_bahia_-_jiu-jitsu_proc_582.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_135_bruno-_rocagem_do_campo_do_sao_judas_proc_591.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_136_andre-_necessidade_de_substituicao_das_bandeiras_em_frente_a_prefeitura_proc_585.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao_137_silas__proibido_estaciona_e_proibido_parar__av_catanduvas_proc_497.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao_138_edson-_limpeza_de_paletas_e_colchoes_proc_593.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_139_edson-_ponto_de_onibus_no_sao_jose_2_proc_594.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1957/indicacao_140_ademir__piso_dos_motoristas_-_proc_649.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_141_bahia_-_placas_e_cameras__proc_581.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_142_bahia_-_tapa-buracos___proc_620.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_143_bahia_-_bolsao_de_descartes__proc_580.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao_144_cidao__cobertura_das_creches_-_proc_631.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_145_rogelma__limpeza_de_area_verde_-_proc_629.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_146_rogelma__reposicao_de_equipamentos_-_proc_628.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao_147_rogelma__poda_das_arvores_-_proc_627.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_148_maicon_rios_implementacao_de_placa_de_homenageado_-_proc_616.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao_149_maicon_rios_pintura_da_faixa_em_frente_da_igreja_quadrangular_-_proc_630.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao_150_andre_da_autoescola_campanhas_informativas_voltas_a_cnscientizacao_-_proc_633.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao_151_andre_da_autoescola_sinalizacao_de_transito_em_frente_a_policia_militar_-_proc_623.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao_152_andre_da_autoescola_horta_escolar_-_proc_622.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_153_jhon_braga-_rua_manoel_jose_pires_-_proc_646.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_154_jhon_braga-_lombo_faixa_-_proc_645.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_155_jhon_braga-_criancas_com_tea_-_proc_644.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_156_ademir__parceria_com_o_senai_-_proc_648.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_157_ademir__aumento_do_ticket_-_proc_647.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_158_rogelma_mascarenhas-_realizacao_de_operacao_tapa-buracos_proc_693.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_159_rogelma_mascarenhas-_colocacao_de_placa_proc_712.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_160_edinan_salgados-_diminuicao_da_altura_da_lombada_proc_690.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_161_ademir_dos_santos-_viabilizacao_de_murar_o_postinho_do_sao_jose_proc_691.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_162_edinan_salgados-_pintor_os_redutores_de_velocidade_proc_686.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_163_bruno_ribeiro-_reformas_na_sinalizacao_de_transito_proc_687.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_164_bahia_do_corte_-_poda_das_arvores_na_rua_erminio_goncalves_proc_667.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_165_bahia_do_corte_-_tirar_taxas_dos_campos_e_quadras_munipipais_proc_670.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_166_andre_da_autoescola-_realizar_uma_comissao_municipal_de_transito_proc_688.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_167_bruno_ribeiro-_sinalizacao_da_avenida_nicolau_carneiro_leao_proc_700.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_168_rogelma_mascarenhas-_recolocar_nome_proc_698.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_169_andre_da_autoescola-_implementacao_de_sinalizacao_proc_704.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_170_bruno_ribeiro-_recapeamento_das_ruas_proc_701.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_171_ademir_dos_santos_-_pediatra__proc_703.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_172_cidao_mineiro-_lombada_na_avenida_joao_joaquim_proc_715.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_173_cidao_mineiro-_revitalizacao_da_rotatoria_proc_716.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_174_jhon_braga-_solicitacao_de_implementacao_de_medida_de_seguranca_viaria_proc_710.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_175_andre_da_autoescola-_educacao_do_transito_nas_escolas__proc_711.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_177_jhon_braga-_doacao_de_mudas_proc_724.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_178_ademir-_aumento_no_auxilio_alimentacao_proc_719.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_179_bruno_ribeiro-_quadra_de_beach_tenis_proc_752.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2036/indicacao_180_bruno_ribeiro-_frente_da_escola_virgilio_gomes_proc_751.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_181_edinan_salgados_-_troca_das_lampadas__proc_746.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_182_rogelma_mascarenhas-_limpeza_das_cers_e_emefs_proc_759.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_183_andre_da_autoescola-__remocao_do_formigueiro_proc_798.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_184_ademir_dos_santos-_seguranca__no_hospital_jose_nigro_neto.__proc_777.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2041/indicacao_185_ademir_dos_santos-_alimentacao_no_hospital_jose_nigro_neto.__proc_778.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_186_jhon_braga-_higienizacao_periodica_proc_784.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_187_bahia_-_instalacao_da_parte_eletrica__proc_434.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_188_edson_do_lanche-_reconstrucao_da_ponte_proc_792.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2045/retirada_proposicao_189_-_van_do_gas.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_190_jhon_braga-_rampa_de_acesso__proc_787.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_191_jhon_braga-_servicos_de_limpeza__proc_788.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2048/indicacao_192_cidao_mineiro-__remocao_e_substituicao_das_duas_bocas_proc_796.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_193_cidao_mineiro-__operacao_de_tapa-buracos_proc_795.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_194_rogelma_mascarenhas-_desentupimento_de_galeria_de_agua_proc_676.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2051/indicacao_195_rogelma_mascarenhas-_revitalizacao_de_preca_proc_666.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2052/indicacao_196_diego_viveiros-_recapear_acesso_de_cadeiras_de_rodas_na_pn__proc_764.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_197_edinan_salgados_-_grades_na_lombofaixa_da_rua_borborema__proc_804.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_198_bruno_ribeiro_-_desentupimento_e_recolocada_tampa_de_bueiro_proc_802.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_199_edinan_salgados_-_providenciar_um_professor_para_aulas_de_zumba_proc_820.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_200_edinan_salgados_-_mudanca_de_parada_de_onibus_proc_821.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_201_rogelma_mascarenhas-_recapeamento_proc_760.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_202_rogelma_mascarenhas-_limpeza_das_galerias_de_aguas_pluviais_proc_852.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2083/indicacao_203_cidao__-_faixa_de_pedestre_e_tampa_de_bueiro___proc_873.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2084/indicacao_204_ademir_dos_santos_e_outros_-__aumento_de_muro_proc_872.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_205_bruno_ribeiro_-_devida_sinalizacao_proc_861.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_206_bahia_do_corte_-_fazer_troca_de_lampada_e_instalar_braco_de_luz_proc_863.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_207_bruno_ribeiro_-__margens_do_corrego_sao_jose_i_e_ii_proc_862.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_208_ademir_dos_santos_-__contratacao_emergencial_de_um_eletricista_proc_867.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2089/indicacao_209_ademir_-_absenteismo_em_consultas_e_exames_na_rede_municipal_de_saude_proc_869.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2090/indicacao_210_cidao_mineiro_-__construcao_ded_lombada_proc_874.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2091/indicacao_211_edson_do_lanche_-__limpeza_e_tapa_buracos_na_rua_ana_pereira_de_godoi___proc_875.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2092/indicacao_212_edson_do_lanche_-_indicacao_de_limpeza_na_calcada_da_rua_mathias_pavao__proc_876.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2093/indicacao_213_jhon_braga_-__intervencao_tecnica_para_correcao_de_vazamento___proc_878.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2094/indicacao_214_andre_-_desafio_do_desmaio___proc_859.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2095/indicacao_215_jhon_-_vagas_de_estacionamento___proc_877.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2096/indicacao_216_jhon_-projeto_da_casa_de_abrigo_para_mulheres___proc_880.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_217_diego_-_comunidade_terapeutica_libertar__proc_786.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_218_diego_-empresa_brasileira_de_participacao_nuclear_proc_868.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_219_cidao_mineiro_-_colocar_lixeiras_nos_parquinhos_de_todas_as_pracas_do_municipio___proc_970.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_220_edinan_salgados_-_campeonato_veterenos_acima_de_40_anos___proc_965.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2235/indicacao_221_van_do_gas_-__instalacao_de_um_redutor_de_velocidade_na_rua_rouxinol__proc_894.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2152/indicacao_222_cidao_mineiro_-_pintar_faixa_para_estacionamento__proc_969.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_223_edinan_salgados_-__iluminacao_da_praca_dorvalino_de_asis__proc_899.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_224_diego_viveiros_-_sinalizacao_de_embarque_e_desembarque_proc_967.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_225_maicon_rios_-_limpeza_na_avenida_luigi_romania__proc_928.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_226_edson_do_lanche_-_melhorias_no_bairro_jardim_maria_luiza__proc_913.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2158/indicacao_227_edson_do_lanche_-_melhorias_no_bairro_jardim_primavera__proc_911.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2159/indicacao_228_edinan_salgados_-_limpeza_no_residencial_alianca__proc_938.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_229_andre_da_autoescola__-_prevencao_de_queimadas__proc_974.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_230_bruno_ribeiro_-__solicito_que_seja_realizado_limpeza_e_rocagem_da_area_da_prefeitura__proc_885.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_231_bruno_ribeiro_-__rampa_de_acesso_para_cadeirante_na_rua_antonio_pavan_filho__proc_923.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_232_bruno_ribeiro_-__reparos_na_escola_virgilio_gomes__proc_897.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_233_diego_viveiros_-_forma_correta_de_fazer_a_poda_das_arvores__proc_905.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_234_maicon_rios_-_instalacao_de_um_container_de_lixo__proc_953.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_235_andre_da_autoescola_-_mini_campo__proc_945.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_236_andre_da_autoescola_-_reativacao_da_comissao_municipal_de_esporte_proc_961.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_237_ademir_dos_santos_-_ortopedista_para_o_hospital_jose_nigro_neto_proc_975.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_238_jhon_braga_-_limpeza_completa_de_area_verde___proc_978.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_239_jhon_braga_-_area_de_recreacao_infantil___proc_979.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_240_jhon_braga_-_implementacao_de_uma_canaleta_proc_977.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_241_diego_viveiros_-_disponibilizar_crachas__proc_947.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_242_silas_da_sadia_-_limpeza_na_avenida_odilson_gomes__proc_989.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_243_maicon_rios_-_tapa_buraco_na_avenida_aparecida_schwenke_proc_990.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_244_maicon_rios_-_reparos_na_av._erenita_goncalvez_proc_997.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_246_andre_da_autoescola_-_parada_obrigatoria___proc_995.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_246_andre_da_autoescola_-_parada_obrigatoria___proc_995.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_247_bruno_ribeiro_-__passarela_proximo_ao_endreco_av_manoel_borba_proc_1005.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_248_rogelma_mascarenhas_-__limpeza_em_varias_areas_do_municipio_proc_1009.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_249_diego_viveiros_-__limpeza_da_rua_joao_bernardo_muniz_proc_1006.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_250_cidao_-_lombada_proc_1015.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_251_bruno_ribeiro_-_troca_das_lampadas_na_bifurcacao_proc_1018.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_252_bruno_ribeiro_-__a_continuidade_da_calcada_na_av._maria_madalena_godoy__proc_898.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_253_cidao_-_ampliacao_da_equipe_de_vigilancia_proc_1016.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_254_ademir_e_bahia_do_corte_-_projeto_de_educacao_financeira_proc_1021.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2188/indicacao_255_maicon_rios_-_cronograma_de_retirada_de_inserviveis_proc_996.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2189/indicacao_256_jhon_braga_-__semaforo_na_rua_ribeiro_de_barros__proc_1026.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2236/indicacao_257_maicon_-_instalacao_de_canaleta_no_cruzamento___proc_1052.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_258_diego__-_iluminacao_publica____proc_1053.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_259_rogelma__-_limpeza_em_toda_extensao_da_avenida_genoveva_embriani__proc_1063.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2239/indicacao_260_rogelma__-_loperacao_tapa-buraco__proc_1064.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2240/indicacao_261_rogelma__-_limpeza_de_toda_extensao_da_rua_henrique_dos_santos_proc_1065.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2241/indicacao_262_edson_do_lanche__-_limpeza_e_controle_de_escorpioes_proc_1090.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2242/indicacao_263_diego__-_sarjeta_na_rua_dom_pedro_ii_proc_1083.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_264_cidao_mineiro__-_tapa_buraco_na_alameda_dr._alberto_jose_eloy____proc_1100.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2244/indicacao_265_cidao_mineiro__-_implementacao_de_lombada_na_rua_bem_te_vi__proc_1097.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_266_maicon_rios__-_reparo_na_rua_rosalina_dos_santos____proc_1085.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_267_edson_do_lanche__-_proibido_estacionar_na_rua_rouxinol_proc_1089.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_268_cidao_mineiro__-_poda_das_arvores_proc_1099.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2248/indicacao_269_maicon_-_realizar_a_pintura_de_faixa_de_pedestre__proc_1051.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2249/indicacao_270_andre-_iluminacao_da_pm_proc_1105.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2250/indicacao_271_jhon_braga_-_daema__proc_1113.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2251/indicacao_272_jhon_-_reuniao_entre_setores_proc_1114.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2252/indicacao_273_van_do_gas_-__calcada_rua_rouxinol_proc_1111.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_274_bruno_ribeiro-_melhorias_e_seguranca_na_escola_vrgilio_gosmes__proc_1109.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_275_bruno_ribeiro-_rampa_de_acesso_para_cadeirantes___proc_1110.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_276_ademir-_reativacao_do_centro_cirurgico___proc_1112.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2256/indicacao_277_bruno_ribeiro_-_mas_condicoes_da_avenida_ibate__proc_1079.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2257/indicacao_278_jhon_braga_-_realizar_os_servicos__proc_1033.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2258/indicacao_279_andre__-_treinamento_proc_1104.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2259/indicacao_280_andre__-_escolhinha_de_futebol__proc_1095.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2263/indicacao_281_bruno_ribeiro_-_realize_a_pintura_das_sinalizacoes__proc_1161.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_282_bahia_do_corte_-_instalar_bracos_de_luz__proc_1166.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2265/indicacao_283_cidao_mineiro__-_implementacao_de_lombada_na_rua_joao_bombo__proc_1179.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_284_rogelma__-_cobertura_nos_parquinhos_dos_cers_proc_1180.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_285_bruno_ribeiro_-_limpeza_do_trecho_da_linha_ferrea_proc_1019.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_286_bruno_ribeiro_-_melhorar_o_fluxo_do_transito__proc_1156.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2269/indicacao_287_bahia_do_corte_e_ademir_-_dar_continuidade_na_pintura_das_feixas_da_rua_manoel_jose_pires_proc_1159.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2270/indicacao_288_edson_do_lanche_-_onibus_para_realizar_o_transporte___proc_1165.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2271/indicacao_289_cidao_mineiro__-_supressao_de_arvores_na_alameda_proc_1201.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_290_jhon_braga_-_revitalizacao_das_pracas_proc_1200.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2273/indicacao_291_rogelma__-_operacao_tapa-buraco_proc_1183.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_292_rogelma__-_tampa_na_caixa_de_registro_proc_1185.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_293_jhon_braga_-_iluminacao_e_poda_atemaro__proc_1199.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_294_ademir_-solicitacao_de_equipamentos_proc_1190.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2277/indicacao_295_jhon_braga_-programa_empresa_acessivel_proc_1117.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2278/indicacao_296_silas_da_sadia__-_lombada_manoel_jose_pires__proc_1173.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2305/indicacao_297_edinan_salgados_-_tapa-buraco_na_rua_joao_joaquim__proc_1222.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2306/indicacao_298_edinan_salgados_-_placa_na_rua_nicolau_carneiro_proc_1219.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2307/indicacao_299_andre_da_autoescola_-_implementacao_de_uma_quadra_poli-esportiva_proc_1224.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2308/indicacao_300_maicon_rios_-_tapa_buraco_no_final_da_avenida_catanduva_proc_1231.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2309/indicacao_301_bruno_ribeiro_-_implementacao_de_bracos_e_lampadas_nos_postes_proc_1232.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2310/indicacao_302_maicon_rios_-_limpeza_na_rua_caetano_treve_proc_1229.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2311/indicacao_303_bruno_ribeiro_-_rampa_de_acesso_no_ginasio_de_esportes_proc_1211.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2312/indicacao_305_jhon_braga_-_atualizacao_do_mapa_oficial_do_municipio_proc_1210.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2313/indicacao_306_maicon_rios_-_instalacao_da_placa_de_denominacao_proc_1213.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2314/indicacao_307_andre_da_autoescola_-_obras_de_calcamento__proc_1228.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2315/indicacao_308_rogelma_-_limpeza_da_area_verde__proc_1239.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2316/indicacao_309_rogelma_-_limpeza_das_vias_publicas___proc_1240.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2317/indicacao_310_jhon_braga_-_campo_de_futebol_da_praca_dorvalino_de_assis___proc_1242.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2318/indicacao_311_edson_do_lanche_-_continuacao_da_calcada___proc_1243.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2319/indicacao_312_edson_do_lanche_-_cadunico__proc_1244.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2320/indicacao_313_cidao_mineiro_-_placa_de_proibido_estacionar__proc_1245.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2321/indicacao_314_ademir_-_estacionamento_em_45_graus__proc_1235.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2322/indicacao_315_jhon_braga_-_mapeamento_oficial_dos_pontos_inacessiveis___proc_1247.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2323/indicacao_316_bruno_ribeiro_-_operacao_tapa-buraco__proc_1248.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2324/indicacao_317_rogelma__-_limpeza_rua_primitiva_giazi__proc_1241.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_319_andre_da_autoescola_-_representacao_esportiva_proc_1285.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2347/indicacao_320_bruno_ribeiro_-_reparo_e_tampa_da_galeria_de_agua_pluvial__proc_1273.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2348/indicacao_321_andre_da_autoescola_-_pintura_das_faixas_na_rua_ribeiro_de_barros_proc_1281.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2349/indicacao_322_ednan_salgados_-_reparo_de_bueiro__proc_1259.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2350/indicacao_323_andre_da_autoescola_-_localizacao_dos_pontes_de_onibus_proc_1271.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2351/indicacao_324_rogelma_mascarenhas_-_redutor_de_velocidade__proc_1303.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2352/indicacao_325_bahia_do_corte_-_limpeza_urbana__proc_1305.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_326_bahia_do_corte_-_operacao_de_melhoria__proc_1307.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_327_cidao_mineiro_-_limpeza_urbana__proc_1309.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2355/indicacao_328_rogelma_mascarenhas_-_conserto_na_rede_de_esgostos__proc_1312.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2356/indicacao_329_cidao_mineiro_-_lombo-faixa_em_frente_a_igreja_santuario__proc_1310.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2357/indicacao_330_maicon_rios_-_recolhimento_de_entulho__proc_1316.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2358/indicacao_331_rogelma_mascarenhas_-_limpeza_e_conserto_das_galerias__proc_1311.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2359/indicacao_332_edinan_salgados_-_placa_de_proibido_estacionar__proc_1319.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2360/indicacao_333_maicon_rios_-_repintura_da_lombada_avenida_araraquara_proc_1308.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2361/indicacao_334_jhon_braga_-_dimunuir_a_mureta_proc_1321.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2362/indicacao_335_maicon_rios_-_retirada_de_arbusto_e_adequacao_de_canaleta_proc_1088.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_336_bruno_ribeiro_-_reparo_de_lampadas_proc_1324.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2364/indicacao_337_jhon_braga_-_lombo-faixa_na_alameda_alberto_jose_proc_1325.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2365/indicacao_338_ademir_-_devida_manutencao_do_daae__proc_1320.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2366/indicacao_339_jhon_braga_-_comdef__proc_1326.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_340_diego_viveiros_-_aulas_de_ballet__proc_1317.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2368/indicacao_341_diego_viveiros_-_implementar_bancos_no_ginasio__proc_1274.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_342_diego_viveiros_-_donatarios_proc_1130.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2402/indicacao_343_bruno_ribeiro_-_passarela_proximo_ao_endereco_avenida_manoel_borba_proc_1322.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2403/indicacao_344__bruno_ribeiro_-_instalacao_de_pontos_de_onibus_proc_1352.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2404/indicacao_345__bruno_ribeiro_-_tapa-buraco_proc_1351.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2405/indicacao_346__maicon_rios_-_pintura_de_lombada_proc_1348.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2406/indicacao_347__andre_da_autoescola_-_reconstrucao_de_calcada_proc_1365.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2407/indicacao_348__jhon_braga_-_fotalecimento_das_comunidades_escolares_proc_1370.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2408/indicacao_349__jhon_braga_-_criacao_de_mais_vagas_de_estacionamento_na_unidade_hospitalar__proc_1371.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_350__jhon_braga_-_readequacao_das_vagas_proc_1373.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2411/indicacao_351__silas_da_sadia_-_adequacoes_estruturais_no_setor_de_vigilancia_em_saude_proc_1369.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_352__silas_da_sadia_-_tapa-buraco_proc_1387.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_353__maicon_rios_-_reparo_do_asfalto_proc_1092.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_354_edson_do_lanche_-_limpeza_das_vias_publicas_proc_1385.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2416/indicacao_355__ademir_dos_santos_-_centro_de_especialidades_medicas_proc_1396.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2494/indicacao_356__edinan_salgados_-_implementar_ventiladores_nas_salas_que_nao_tem_ubs_proc_1392.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2418/indicacao_357__cidao_mineiro_-_pintura_nas_faixas_de_pedestre_na_rua_manoel_borba_proc_1393.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2449/indicacao_358__ademir_dos_santos_-_centro_de_saude_da_mulher_proc_1397.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2420/indicacao_359__andre_da_autoescola_-_descarte_irregular_proc_1400.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2447/indicacao_360_rogelma_mascarenhas_-_pintura_de_muro_proc_1388.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2448/indicacao_361_bahia_do_corte_e_ademir_dos_santos_-_limpeza_de_rua_proc_1413.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2450/indicacao_362_andre_da_autoescola_-_manutencao_no_campo_do_sao_judas_proc_1422.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2451/indicacao_363_cidao_mineiro_-_iluminacao_da_praca_jaime_rocha_proc_1433.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2452/indicacao_364_bruno_ribeiro_-_tapa-buraco_na_rua_grauna_proc_1439.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2453/indicacao_365_silas_da_sadia_-_tapa-buraco_proc_1441.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2454/indicacao_366_bruno_ribeiro_-_tapa-buraco_proc_1440.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2455/indicacao_367_maicon_rios_-_cobertura_praca_paulo_abi_jaudi_1438.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2456/indicacao_368_jhon-braga_-_recapeamentos_recentes_proc_1447.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2457/indicacao_369_jhon-braga_-_unidade_hospitalar_proc_1448.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_370_diego_viveiros_-_desenvolver_campanha__proc_1432.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_371_diego_viveiros_-_construcao_de_galerias_de_aguas_pluviais__proc_1430.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2460/indicacao_372_jhon_braga_-_instalacao_de_videomonitoramento__proc_1451.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2461/indicacao_373_ademir_da_saude_-_acumulo_de_cargos_proc_1449.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2462/indicacao_374_andre_da_autoescola_-_metanol_proc_1415.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2495/indicacao_375_maicon_rios_-__reparo_na_iluminacao_publica_proc_1468.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2496/indicacao_376_silas_da_sadia_-__suprimir_deuas_arvores_proc_1461.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2498/indicacao_378_edson_do_lanche_-__imoveis_abandonados__proc_1479.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_379_rogelma_mascarenhas-__galerias_de_aguas_pluviais.__proc_1560.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2499/indicacao_380_edson_do_lanche_-__tapa_buracos.__proc_1483.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2530/indicacao_381_rogelma_mascarenhas_-_limpeza_da_pista__proc_1484.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_382_andre_da_autoescola_-__priorizacao_de_vagas_de_emprego_proc_1485.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_383_bruno_ribeiro_-__pintura_da_faixa_de_pedestres_proc_1491.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_384_rogelma_mascarenhas-__sinalizacao_e_faixas.__proc_1558.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2502/indicacao_385_andre_da_autoescola_-__tapa-buraco_proc_1502.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2503/indicacao_386_jhon_braga_-__pontos_de_coleta_de_agua._proc_1499.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_387_bruno_ribeiro_-__solicitacao_a_defesa_civil_proc_1493.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_388_cidao_mineiro_-__poste_de_iluminacao__proc_1498.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2506/indicacao_389_cidao_mineiro_-_realizar_calcamento__proc_1497.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2507/indicacao_390_jhon_braga_-__organizacao_no_cronograma._proc_1490.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2508/indicacao_391_diego_viveiros_-__programa_muralha_paulista._proc_1469.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_392_jhon_braga_-__plano_de_contingencia._proc_1510.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_393_silas_da_sadia_-__tapa_buracos.__proc_1516.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_394_bruno_ribeiro_-_pintura_de_faixas_para_motocicletas__proc_1536.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2534/indicacao_395_jhon_braga_-__nivel_de_cloro.__proc_1565.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2535/indicacao_396_jhon_braga_-__revisar_o_sistema_de_dosagem_de_cloro.__proc_1563.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2536/indicacao_397_bruno_ribeiro_-__manutencao_na_rua_maria_madalena_godoy.__proc_1555.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2537/indicacao_398_ademir_dos_santos_-__pre-consulta_no_setor_de_pediatria.__proc_1562.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2538/indicacao_399_andre_da_autoescola_-__operacao_tapa-buraco.__proc_1567.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2539/indicacao_400_maicon_rios_-__lixeira_em_frente_ao_americo_roncalli.__proc_1571.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2540/indicacao_401_maicon_rios_-__retirada_de_entulhos._proc_1572.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_402_edson_do_lanche_-__tapa_buracos.__proc_1585.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_403_edson_do_lanche_-__limpeza_de_bueiros.__proc_1587.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao_404_diego_viveiros_-__instalacao_de_dispositivos_de_seguranca.__proc_1523.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2565/indicacao_405_diego_viveiros_-_aumento_de_captacao_de_aguas_pluviais.__proc_1526.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2566/indicacao_406_bahia_do_corte_-__tapa_buracos.__proc_1604.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_407_bruno_ribeiro_-__placa_de_pare.__proc_1600.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_408_jhon_braga_-__raparo_em_cruzamento__proc_1615.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2569/indicacao_409_cidao_mineiro_-__tapa_buracos.__proc_1612.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_410_ademir_dos_santos_-__ticket.__proc_1613.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2571/indicacao_411_silas_da_sadia_-__proibido_estacionar.__proc_1610.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_412_rogelma_mascarenhas_-__limpeza_a_limpeza_do_recinto_de_eventos_proc_1592_ok.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_413_bruno_ribeiro_-__placa_de_pare.__proc_1601.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2574/indicacao_414_bruno_ribeiro_-__tapa_buracos.__proc_1608.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_415_maicon_rios_-__conselho_municipal__proc_1605.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2576/indicacao_416_rogelma_mascarenhas_-__poda_de_todas_as_arvores_presentes_nas_escolas_proc_1593_ok.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2577/indicacao_417_rogelma_mascarenhas_-__recapeamento_proc_1595_ok.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_418_jhon_braga_-__limpeza_praca_21_de_marco__proc_1611.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_419_rogelma_mascarenhas_-__limpeza_da_praca_dorival_barbieri_proc_1559.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2603/indicacao_420_rogelma_mascarenhas_-_limpeza_e_conserto_das_galerias__proc_1480.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2604/indicacao_421_bruno_ribeiro_-_operacao_tapa_buraco__proc_1644.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_422_cidao_mineiro_-_lombada_e_lombo-faixa_.proc_1646.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_423_ademir_dos_santos_e_bahia_do_corte-_manutencao_de_ar_condicionado_.proc_1647.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_424__andre_da_autoescola-_limpeza_de_terreno_abandonado_.proc_1648.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_425_diego_viveiros-_implantacao_de_sarjetao_.proc_1629.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_426_silas_da_sadia-_conserto_de_calcada_.proc_1631.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_427_silas_da_sadia-_poda_de_arvore_.proc_1632.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_428_andre_da_autoescola-_limpeza_boca_de_lobo_.proc_1636.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_430_rogelma_mascarenhas-_recapeamento_e_limpeza_.proc_1633.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_431_jhon_braga-_rocagem_e_limpeza_cemiterio_.proc_xxxx.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2614/indicacao_432_jhon_braga-_sinalizacao_viaria._proc_xxxx.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_433_jhon_braga-_rocagem_e_limpeza_da_area_verde._proc_xxxx.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1714/mocao_001_-_proc_034.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1716/mocao_003_-_proc_087.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1717/mocao_004_-_proc_141.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1719/mocao_006_-_proc_159.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1720/mocao_007_-_proc_099.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1721/mocao_008_-_proc_023.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1722/mocao_009_-_proc_029.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1723/mocao_010_-_proc_026.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1724/mocao_011_-_proc_148.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1725/mocao_012_-_proc_030.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1726/mocao_013_-_proc_075.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1727/mocao_014_-_proc_025.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1728/mocao_015_-_proc_022.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1730/mocao_016_-_proc_021.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1731/mocao_017_-_proc_024.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1732/mocao_018_-_proc_076.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1733/mocao_019_-_proc_031.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1734/mocao_020_-_proc_194.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1735/mocao_021_-_proc_195.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1779/mocao_022_-_proc_245.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1780/mocao_023_-_proc_239.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1823/mocao_024_diego_pesar_-_irene_moura_de_oliveira-__proc._305_2.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1824/mocao_025_bruno_-_mocao_de_congratulacao_e_aplausos_ao_padre_valdemir_araujo__proc._349.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1825/mocao_026_bruno__-_mocao_de_congratulacao_e_aplausos_ao_sr._sergio_belinelli_willian_marques__proc._351.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1826/mocao_028_edson-_mocao_de_congratulacao_e_aplausos_a_excelentissima_deputada_estadual_thainara_faria.__-_proc_360.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1827/mocao_029_cidao_pesar_-_maria_rozani_marques-__proc._398.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1856/mocao_030_andre_pesar_-_andre_luiz_gomes_de_lima-__proc._408.docx" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1857/mocao_031_andre_pesar_-_aparecido_edson_urbano_-__proc._409.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1858/mocao_032_andre_pesar_-_erivelton_santos_anunciacao_-__proc._418.docx" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1859/mocao_033_edinan_pesar_-_andre_orlando_-__proc._424.docx" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1904/mocao_034_bruno_ribeiro_-_congratulacao_60_anos_-__proc._454.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1905/mocao_035_diego_viveiros_-_congratulacao_premio_excelencia_educacional_-__proc._499.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1906/mocao_036_van_do_gas_-_jose_roberto_ventrilho_-__proc._436.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1907/mocao_037_bahia_do_corte_-_jorge_luis_dos_santos_-__proc._506.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1908/mocao_038_diego_viveiros_-_manoel_pedro_da_silva_-__proc._511.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1909/mocao_no_039_bruno-_sebastiana_de_godoy_cristovam._pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1910/mocao_040_diego_viveiros_-_maria_da_luz_de_lima_grigorio_-__proc._512.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1911/mocao_no_041_rogelma_pesar_sandra_maria_proc_538.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_042_diego_-_maria_estela_spinosa_silva_-__proc._549.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1946/mocao_043_diego_-_afonso_paulo_de_almeida_processo_566_1-.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1947/mocao_044_ademir_-_congratulacao_denilson_lopes_-__proc._571.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1948/mocao_045_andre_da_autoescola_-_congratulacao_evento_grau_e_arte_-__proc._587.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1949/mocao_046_ademir_-_congratulacao_capitao_telhada__-__proc._570.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1950/mocao_047_jhon-_papa_-__proc._602.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1951/mocao_048_cidao_-__lacerda_siqueira_-__proc._604.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1952/mocao_049_bahia_-_airsoft_-__proc._579.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1954/mocao_no_050_proc_659_pesar_diego__jean_carlos.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1955/mocao_no_051_proc_660_pesar_rogelma__minelvina.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1956/mocao_no_052_proc_661_pesar_van__regina_celia.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2010/mocao_053_cidao_mineiro_-_tiago_dos_santos_brandao_-__proc._692.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2011/mocao_054_edinan_-___congratulacao_e_aplausos_para_o_doutor_ezequiel___-_proc_668.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2012/mocao_055_diego_viveiros_-_edilene_rozendo_da_silva_-__proc._699.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2013/mocao_056_andre_da_autoescola_-___congratulacao__valdeci-_proc_702.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2014/mocao_057_diego_viveiros_-_noemi_de_araujo_abreu_-__proc._713.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2025/mocao_058_diego_viveiros_-_romildo_silverio_-__proc._714.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2026/mocao_059_cidao_-___congratulacao_e_aplausos_para_o_deputado_carlos_zarattini-_proc_718.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2027/mocao_060_cidao_-___congratulacao_e_aplausos_para_o_deputado_arlindo_chinaglia-_proc_717.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_061_cidao_mineiro_-_gustavo_henrique_nunes_fernandes_-__proc._737.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2029/mocao_062_andre_da_autoescola_-_alfredo_machado_-__proc..pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2053/mocao_063_diego_-_maria_jose_da_silva_scarpa_-__proc._749.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2054/mocao_064_bruno_ribeiro_-_maria_americo_francisco_luiz_-__proc._765.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2055/mocao_065_diego_-_marcos_roberto_de_araujo_-__proc._763.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2056/mocao_066_andre_da_autoescola_-_carlos_motta_-__proc._776.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2057/mocao_067_diego_viveiros_-_joao_domingos_santolia_-__proc._774.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2058/mocao_068_edinan_-___congratulacao_para_o_doutor_carlos___-_proc_775.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2059/mocao_069_diego_-_congratulacoes_jomi_-__proc._755.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2060/mocao_070_diego_-_congratulacoes_a_artistas_amerilienses_pela_participacao_relevante_-__proc._745.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2061/mocao_071_diego_-_congratulacoes_a_sra_eloisa_pela_retomada_dos_cursos_no_fundo_social_-__proc._744.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2062/mocao_072_andre_da_autoescola_-_pesar_pedro_gomes-__proc._808.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2108/mocao_073_cidao_mineiro-_devanir_lopes__-_proc_871.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2109/mocao_074_edinan_-_roque_pedro_nascimento_-__proc._823.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2110/mocao_075_edinan_-_ivanir_goncalves_de_azevedo_-__proc._824.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2111/mocao_076_andre_da_autoescola_aline_gibelli_e_a_equipe_mirim_feminina_de_volei_-__proc._811.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2112/mocao_077_andre_da_autoescola_-_carlos_alberto_balbino_-__proc._829.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2113/mocao_078_andre_da_autoescola_-antonia_encarnacao_gomes_figueira_-__proc._856.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2114/mocao_079_rogelma-_mocao_de_congratulacao_e_aplausos_deputado_estadual_valdomiro_lopes__-_proc_855.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2115/mocao_080_andre_da_autoescola_-_neusa_maria_de_barros_em__-__proc._886.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2116/mocao_081_cidao_mineiro_-_enertisna_ferreira_martins__-__proc._891.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2117/mocao_082_silas_da_sadia_-_maria_irene_de_carvalho_pavao__-__proc._896.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2133/mocao_083_maicon_rios_-_jose_benedito_nunes_-__proc._910.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2134/mocao_084_diego_viveiros_-_mocao_de_congratulacoes_dep._jefferson_campos_e_conselheira_tutelar._-__proc._904.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2135/mocao_085_diego_viveiros_-_fabio_baptista_de_oliveira-__proc._946.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2136/mocao_086_-_diego_viveiros_-_pesar_senhor_joao_morandini_0001.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2137/mocao_087_-_cidao_mineiro_-_pesar_senhor_roque_carneiro_de_oliveira_dr._raiz_0001.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2138/mocao_088_-_diego_viveiros_-_pesar_senhora_adelia_mastrangelo_pedroso_0001.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2139/mocao_089_diego_viveiros_-_gleiciane_da_silva_rodrigues_-__proc._955.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2140/mocao_090_diego_viveiros_-_jose_carlos_de_oliveira_-__proc._958.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2141/mocao_091_cidao_mineiro_-_pedagio._-__proc._892.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2142/mocao_092_-_edinan_salgados-_congratulacao_a_tatiana_soares_dos_santos_0001.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2143/mocao_093_andre_da_autoescola_-_aparecida_benta_-__proc._971.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2144/mocao_094_diego_viveiros_-_jose_luiz_parella_-__proc._966.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2145/mocao_095_edinan_salgados_-_mocao_de_congratulacoes_a_atleta_julia_isabel_de_lima_-__proc._968.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2146/mocao_096_andre_da_autoescola_-_mocao_de_congratulacao_ao_excelentissimo_senhor_deputado_estadual_rafa_zimbaldi.__-__proc._973.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2147/mocao_097_-_ademir-__fundo_social_0001.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2148/mocao_098_bruno_-_mocao_de_congratulacao_ao_excelentissimo_senhor_deputado_estadual_rogerio_santos.-__proc._980.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2149/mocao_099_diego_viveiros_-_angelina_da_silva_pereira_-__proc._971.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2198/mocao_100_diego_viveiros_-_nelson_macatelli_-__proc._999.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2199/mocao_101_diego_viveiros_-_elsa_gouvea_generoso_joaquim_-__proc._1008.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2200/mocao_102_diego_viveiros_-_jose_aparecido_dias_-__proc._1007.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2201/mocao_103_diego_viveiros_-joao_batista_de_oliveira-__proc._1017.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2202/mocao_104_maicon_rios_-_mocao_de_congratulacao_a_equipe_de_natacao_de_americo_brasiliense_-__proc._1011.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2203/mocao_105_maicon_rios_-_mocao_de_congratulacao_aos_profissionais_do_hospital_doutor_jose_nigro_neto_-_proc._1023.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2204/mocao_106_bruno_ribeiro_-_mocao_de_congratulacao_ao_departamento_de_transportes_e_transito__-__proc._1003.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2205/mocao_107_ademir_dos_santos_-_mocao_de_congratulacao_as_ser-vidoras_municipais_luzia_apare-cida_pelegrine_boenno_e_luciana_lopes_hilario-__pr.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2206/mocao_108_jhon_braga_-_mocao_de_congratulacao_aos_moradores_do_bairro_planalto-__proc._1028.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2207/mocao_109_jhon_braga_-_mocao_de_congratulacao_aos_departamentos_da_prefeitura_-__proc._1031.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2208/mocao_110_jhon_braga_-_mocao_de_congratulacao_ao_setor_privado_-__proc._1030.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2209/mocao_112_bruno_ribeiro_-_mocao_de_congratulacao_ao_deputado_federal_ribamar_silva.___-__proc._1036.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2210/mocao_113_rogelma_mascarenhas_-_mocao_de_pesar_ao_senhor_celino_paulo_de_almeida___-__proc._1047.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2226/mocao_114_maicon_rios_-_mocao_de_apoio_pelo_fim_do_confisco_de_aposentados_e_pensionistas_-__proc._1068.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2227/mocao_115_diego_viveiros_-_marcia_helena_sanchez_-__proc._1081.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2228/mocao_116_andre_da_autoescola_-_paschoaliana_aparecida_-__proc._1080.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2229/mocao_117_rogelma_-_mocao_de_congratulacao_a_delegacao_de_futebol_de_americo_brasiliense_sub_-_20_-__proc._1084.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2230/mocao_118_andre_da_autoescola_-_maria_carolina_-__proc._1091.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2231/mocao_119_andre_da_autoescola_-_joao_jose_figueira_-__proc._1096.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2232/mocao_120_andre_da_autoescola_-_mocao_de_congratulacoes_e_aplausos_a_equipe_de_futsal_feminina_de_americo_brasiliense_-__proc._1054.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2233/mocao_121_ademir__-_mocao_de_congratulacao_a_servidora_publica___proc._1122.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2234/mocao_122_andre_da_autoescola_-_joao_augusto_charaba_-__proc._1128.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2279/mocao_123_diego_viveiros_-_jose_marcelino_bueno_-__proc._1146.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2280/mocao_124_edinan_salgados_-_mocao_de_congratulacao_a_equi-pe_juventude_campea_da_copa_americo_de_futebol__serie_ouro_-__proc._1158.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2281/mocao_125_edinan_salgados_-_mocao_de_congratulacao_a_equi-pe_vila_fundao_campea_da_copa_americo_de_futebol__serie_prata__serie_ouro_-__proc._1157.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2282/mocao_126_cidao_mineiro_-_lucio_aparecidos_domingos_fernandes_-__proc._1160.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2283/mocao_127_diego_viveiros_-_iva_tessitore_-__proc._1178.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2325/mocao_128_edson_do_lanche__-_mocao_de_congratulacao_a_servidora_daniele_proc._1181.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2284/mocao_129_diego_viveiros_-_aos_profissionais_da_saude_da_re-de_publica_municipal__-__proc._1171.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2285/mocao_130_andre_da_autoescola_-_lineu_bombo_-__proc._1215.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2326/mocao_131_rogelma_mascarenhas__-_pesar_lazaro_aparecido_de_freitas_proc._1226.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2327/mocao_132_diego_viveiros__-_pesar_jaime_ginato_proc._1255.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2328/mocao_133_cidao_mineiro__-_pesar_maria_conceicao_fernandes_da_costa_proc._1253.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2329/mocao_134_cidao_mineiro__-_pesar_jesse_cosmo_do_nascimento_proc._1254.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2330/mocao_135_van_do_gas__-_pesar_maria_de_lima_batista_proc._1264.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2381/mocao_136_andre_da_autoescola__-_jose_barbosa_proc._1272.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2382/mocao_137_cidao_mineiro__-_mocao_de_congratulacao_a_deputada_estadual_marcia_lia._proc.1246.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2383/mocao_138_bruno_ribeiro_e_diego_viveiros__-_mocao_de_congratulacao_a_comunidade_escolar_virgilio_gomes._proc.1323.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2384/mocao_139_diego_viveiros_e_maicon_rios_-_mocao_de_congratulacao_a_academia_mundo_da_danca._proc.1295.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2385/mocao_140_silas_da_sadia__-_mocao_de_congratulacao_ao_sr_carlos_alberto_pereira._proc.1334.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2386/mocao_141_maicon_rios__-_mocao_de_repudio_ao_episodio_no_vestiario_masculino_da_piscina_municipal._proc.1338.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2387/mocao_142_134_bruno_ribeiro__-_pesar_iraci_trenrim_proc._1276.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2388/mocao_143_diego_viveiros__-_pesar_olavio_silva_carneiro_proc._1275.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_144_bahia_do_corte_e_ademir_dos_santos_-_vice-prefeito_proc._1354.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2426/mocao_145_bahia_do_corte_e_ademir_dos_santos_-_comandos_airsoft_proc._1353.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2427/mocao_146_maicon_rios__-_conceicao_ap._c._telles_de_souza_proc._1355.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2428/mocao_147_maicon_rios__-_congratulacao_ao_projeto_de_saude_bucal_proc._1332.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2429/mocao_148_andre_da_autoescola__-_congratulacao_ao_americano_futebol_clube_proc._1349.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2430/mocao_149_diego_viveiros__-pesar_marcelo_luis_tidei__proc._1362.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2431/mocao_150_diego_viveiros__-pesar_baltazar_jose_laurindo_proc._1367.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2432/mocao_151_andre_da_autoescola_e_jhon_braga__-_congratulacoes_a_1_corrida_solidaria_belinelli_proc._1356.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2433/mocao_152_diego_viveiros__-pesar_jose_rubens_dos_santos__proc._1379.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2434/mocao_153_diego_viveiros__-pesar_airton_garcia_ferreira__proc._1380.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2435/mocao_154_diego_viveiros__-pesar_eliza_redondo_ferreira_proc._1381.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2436/mocao_155_bruno_ribeiro_-_congratulacoes_ao_professor_cleber_rodrigo_proc._1382.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2437/mocao_156_ademir_dos_santos__-pesar_edmundo_candindo_de_miranda_proc._1398.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2438/mocao_157_jhon_braga__-_mocao_de_congratulacoes__proc._1395.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2470/mocao_158_andre_da_autoescola__-_congratulacao_a_igreja_chama_viva_proc._1391.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2439/mocao_159_ademir_dos_santos__-_mocao_de_congratulacoes_agentes_de_endemias__proc._1399.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2440/mocao_160__maicon_rios_e_jhon_braga_-_mocao_de_congratulacoes_a_equipe_de_natacao__proc._1384.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2441/mocao_161_maicon_rios-_congratulacao_1_circuito_de_saude_da_mulher_proc._1403.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2471/mocao_162_bruno_ribeiro__-_congratulacao_aos_servidores_das_ubss_proc._1410.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2472/mocao_163_diego_viveiros__-_pesar_wilson_moreira_neves_proc._1424.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2473/mocao_164_diego_viveiros__-_pesar_ismael_de_brito_jeronimo_proc._1431.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2474/mocao_165_bruno_ribeiro__-_congratulacoes_professores_proc._1436.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2475/mocao_166_silas_da_sadia__-_congratulacoes__igor_henrique_ribeiro_proc._1434.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2476/mocao_167_silas_da_sadia_-_congratulacoes_ao_deputado_federal_joao_cury_neto_proc._1442.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2477/mocao_168_silas_da_sadia_-_congratulacoes_ao_deputado_estadual_rafael_fernando_zimbaldi_proc._1443.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2478/mocao_169_diego_viveiros_-_congratulacoes_a_usina_santa_cruz_proc._1293.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2479/mocao_170_maicon_rios_e_silas_da_sadia_-_congratulacoes_a_servidora_ana_paula_rodrigues_proc._1457.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2480/mocao_171_diego_viveiros__-_pesar_odilia_drape_trevisolli_proc._1459.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2481/mocao_172_maicon_rios_-_congratulacao_a_escola_estadual_dinora_proc._1462.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2510/mocao_173_bruno_ribeiro__-_congratulacoes_aos_funcionarios_publicos__proc._1467.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2550/mocao_174_rogelma_mascarenhas-_mocao_de_congratulacoes_ao_fundo_social_proc._1482.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2511/mocao_175_bruno_ribeiro_-_congratulacoes_aos_atletas_de_karate_proc._1476.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2512/mocao_176_andre_da_autoescola_-_congratulacoes_ao_deputado_federal_baleia_rossi_proc._1478.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2513/mocao_177_maicon_rios_-_congratulacoes_a_equipe_de_natacao_proc._1489.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2616/mocao_178_diego_viveiros_-_congratulacoes_ao_escritor_antonio_jose_laurindo_proc._1465.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2514/mocao_179_edinan_salgados_-_congratulacoes_a_todos_os_karatekas_proc._1488.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2515/mocao_180_ademir_dos_santos_-_congratulacoes_a_patricia_lafuria_proc._1508.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2551/mocao_181_jhon_braga_-_implantacao_das_aulas_voluntarias_de_hapkido_proc._1527.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2552/mocao_182_andre_da_autoescola_-_jorge_ribeiro_dos_santos_-__proc._1533.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2553/mocao_184_andre_da_autoescola_-pesar_rogerio_de_almeida_-__proc._1551.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2554/mocao_185__cidao_mineiro_-_pesar_maria_de_lourdes_de_paula_-__proc._1548.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2555/mocao_186_maicon_rios_-_congratulacoes_aos_14_festival_de_capoeira_proc._1550.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2556/mocao_187_cidao_mineiro_-_congratulacoes_a_equipe_de_volei_mirim_proc._1549.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2557/mocao_188_maicon_rios_-_congratulacoes_a_companhia_tamareira_proc._1552.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2558/mocao_189_maicon_rios_-_congratulacoes_ao_espaco_aya_proc._1553.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2559/mocao_190_silas_da_sadia-_mocao_de_repudio_proc._1556.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2560/mocao_191_bruno_ribeiro_-_pesar_jose_peres_rodrigues_-__proc._1578.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2561/mocao_192_rogelma_mascarenhas_-_pesar_vitor_emanuel_-__proc._1579.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2579/mocao_193_diego_viveiros_-_pesar_lucimeire_de_oliveira_borges_-__proc._1589.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2580/mocao_194_bruno_ribeiro_-_congratulacoes_ao_atleta_fernando_oliveira_batista_proc._15861.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2581/mocao_197_maicon_rios_-_congratulacoes_aos_atletas_copa_sao_paulo_de_natacao_proc._1599.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2582/mocao_198_diego_viveiros_-_pesar__maria_jose_esteves_andrigueto-__proc._1535.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2583/mocao_199_diego_viveiros_-_pesar_francisco_alves_da_costa_-__proc._1621.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2584/mocao_200_diego_viveiros_-_pesar_mauricio_donizete_martins_-__proc._1622.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2585/mocao_201_diego_viveiros_-_pesar_gilberto_risolino_sebastiao_-__proc._xxx1.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2617/mocao_202_cidao_mineiro_-_congratulacoes_ao_deputado_federal_carlos_zarattini_proc._1645.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2618/mocao_203_edson_-_mocao_de_congratulacao_a_companhia_de_teatro_expressarte._proc.1639.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2619/mocao_204_andre_da_autoescola__-_congratulacao_a_decoracao_natalina_proc._1649.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2620/mocao_205_andre_da_autoescola__-_congratulacao_ao_jornal_mete_o_pau_proc._1638.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2621/mocao_206_silas_da_sadia__-_congratulacoes_ao_dr._ezequiel_e_tatiana_da_saude_proc._1654.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2622/mocao_207_van_do_gas__-_pesar_antonia_cristina_proc._xxx.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2623/mocao_208_cidao_mineiro-_pesar_cristina_antunes_proc._xxx.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2626/requerimento_209-_bruno_ribeiro_-_programa_de_educacao_ambiental_proc._1642.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2627/requerimento_210-_bruno_ribeiro_-_departamento_de_esportes_proc._1643.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2400/emenda_01_aditiva_01_ao_pl_053-2025.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2396/parecer_votacao.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2397/parecer_votacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1665/pl_001-2025_merged.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1670/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1671/pl_003_anexos_merged_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1672/pl_004_merged.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1676/pl_005_anexos_merged.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1673/pl_006_anexos_merged.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1674/pl_007_anexos_merged.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1675/pl_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1677/pl_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1781/pl_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1783/pl_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1784/pl_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1785/pl_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1786/pl_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1787/pl_015_anexos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1788/pl_016__anexo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1838/of_124_2025_assinado_pl__1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1844/pl_018_of_126_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1861/pl_019_of_123_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1862/pl_020-2025_merged_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1868/pl_021_ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1912/pl_022_ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1913/pl23_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1914/pl_024_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1915/pl_025_ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_026_ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1953/pl27_merged.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1984/pl_028_e_mensagem_justificativa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1985/pl_029_e_justificativa_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1986/pl_030_of_097_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1987/pl_031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1988/pl_032_of_193_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1989/of_194_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2073/pl_034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2074/of_227_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2075/of_227_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2076/pl_037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2118/pl_038_of_225_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2119/pl_039_of_240_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2120/pl_040_of_241_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2121/pl_041_of_246_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2122/pl_042_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2123/pl_043_of_245_2025_assinado_e_anexos_pl_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2124/pl_044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2125/pl_045_of_261_2025_assinado_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2174/pl_046-2025_justificativa_e_biografia_.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2175/pl_047_of_273_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2211/pl_048_of_277_2025_assinado_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2212/pl_049_of_282_2025_assinado_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2213/pl_050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2261/of_310_2025_assinado_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2262/pl_052_merged.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2301/pl_053_merged.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2302/pl_054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2303/pl_055_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2304/pl_056_merged.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2337/pl_057_e_anexo_ilovepdf_merged_26.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2338/pl_058_of_341_2025_assinado__1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2395/pl_059_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2340/pl_060.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2341/pl_061.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2342/processo_1214-_2025_pl_062.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2390/pl_063_of_369_2025_assinado_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2391/pl_064_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2392/pl_065_of_375_2025_assinado_pl__1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2393/pl_066_of_376_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2394/pl_067_of_371_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2442/pl_068_of_392_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2443/pl_069_of_398_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2444/of_400_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2483/pl_072-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2484/pl_074-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2485/pl_075-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2487/pl_076-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2486/pl_079-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2488/pl_080-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2489/pl_081-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2492/pl_082.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2525/pl_083_01_of_425_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2526/pl_084_of_406_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2600/pl_085.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2601/pl_086.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2596/pl_087.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2628/pl_088.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2629/pl_089_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2632/pl_090.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2633/pl_091.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1662/plc_001.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1664/plc_002-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1666/plc_003.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1836/plc_004_of_108_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1837/plc_005_correto_of_125_2025_texto_do_projeto_de_lei_.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1860/plc_006_subs.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2031/of_212_2025_assinado_pl_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2214/plc_008-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2339/plc_009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2445/plc_010_of_380_2025_assinado_plc_.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2630/plc_011.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2631/plc_012.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1663/pr_001-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1782/pr_002.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_resolucao_no__003.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2072/projeto_de_resolucao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2215/pr_005-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2389/pr_006_-_codigo_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2491/pr_007-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2300/pdl_001-2025_merged.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1983/decreto_legislativo_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2647/projeto_de_decreto_004_-rogelma_e_bahia-_cidadao_ameriliense_joscimar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2398/projeto_de_decreto_005_processo_695-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2399/projeto_de_decreto_006_processo_867-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2493/pdl_008.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2490/pdl_009.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2648/pdl_010.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2637/pdl_011.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2638/pdl_012.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2639/pdl_013.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2640/pdl_014.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2641/pdl_015.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2642/pdl_016.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2033/projeto_de_emenda_organizacional_no_001.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1667/requerimento_de_urgencia_especial_001_plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1668/requerimento_de_urgencia_especial_002_plc_002-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1669/requerimento_de_urgencia_especial_003_plc_003-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1736/requerimento_de_urgencia_especial_004_pl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2343/requerimento_de_urgencia_especial_005_pl_057-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2344/requerimento_de_urgencia_especial_006_pl_058-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2523/requerimento_de_urgencia_especial_007_pl_082-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2524/requerimento_de_urgencia_especial_008_pdl_008-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2528/requerimento_de_urgencia_especial_009_pl_084-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2599/requerimento_de_urgencia_especial_010_pl_085-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2598/requerimento_de_urgencia_especial_011_pl_086-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2401/redacao_final_no_001-2025..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2482/redacao_final_002_-_pl_060.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1703/requerimento_001_-_proc_080.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1704/requerimento_002_-_proc_038.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1705/requerimento_003_-_proc_096.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1706/requerimento_003_-_proc_096.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1707/requerimento_005_-_proc_027.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1828/requerimento_006__diego__-_veiculo_sentra_proc._133.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1708/requerimento_007_-_proc_088.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1709/requerimento_008_-_proc_089.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1711/requerimento_010_-_proc_011.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1712/requerimento_011_-_proc_013.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1713/requerimento_012_-_proc_130.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1737/requerimento_013_-_proc_268.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1738/requerimento_014_-_proc_258.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1739/requerimento_016_-_proc_253.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1740/requerimento_017_-_proc_277.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1741/requerimento_018_-_proc_263.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1742/requerimento_019_-_proc_265.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1743/requerimento_020_-_proc_264.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1744/requerimento_021_-_proc_254.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1745/requerimento_022_-_proc_255.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1746/requerimento_023_-_proc_155.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1747/requerimento_024_-_proc_182.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1748/requerimento_025_-_proc_140.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1749/requerimento_026_-_proc_183.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1750/requerimento_027_-_proc_240.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1814/requerimento_028__rogelma_-_emenda_para_cobertura_da_arquibancada_do_estadio_municipal._proc._044.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1815/requerimento_029__rogelma_-_servicos_de_pulverizacao__proc._244.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1816/requerimento_030__rogelma_-_furp__proc._247.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1817/requerimento_032__andre_da_autoescola_-_levantamento_para_equipamentos_do_sad___proc._337.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1818/requerimento_033__andre_da_autoescola_-_construcao_do_calcamento_e_das_calcados_de_acesso_ao_dinora___proc._336.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1819/requerimento_035__jhon_braga_-_requerimento_recursos_destinados_pelos_deputados_marcio_nakashima_e_thainara_faria_proc._357.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1820/requerimento_036__edinan_salgados_-_hospital_jose_nigro_proc._353.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1821/requerimento_037__edinan_salgados_-_dengario_proc._352.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1822/requerimento_038__jhon_braga_-_tapa_buracos_ou_racapeamento_proc._359._359.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1829/requerimento_039__andre_da_autoescola_-_castramovel___proc._368.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_040__rogelma_mascarenhas_de_almeida_-_recursos_perdidos___proc._390.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1831/requerimento_041__andre_da_autoescola_-_dados_da_atuacao_do_centro_de_triagem_animal___proc._377.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1832/requerimento_042_andre_da_autoescola__-_descartes_irregulares_de_lixo_e_residuos__proc._403.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1833/requerimento_043__jhon_braga_-_situacao_do_dengario___proc._402.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1834/requerimento_044__rogelma_mascarenhas_de_almeida_-_solicitando_da_cpfl___proc._416.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1835/requerimento_045_maicon_rios_-_alteracao_do_objeto_da_emenda_impositiva__-_oficio_098-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1891/requerimento_046__jhon_braga_-_plano_de_mobilidade_urbana___proc._484.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1892/requerimento_047__silas_da_sadia_-_disponibilizar_servidor_para_a_farmacia__proc._438.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1893/requerimento_048_bruno_-__saude_publica__proc._462.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_049_bruno_-__virgilio__proc._461.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1895/requerimento_050__rogelma_mascarenhas_de_almeida_-_equipamentos_de_academia_perdidos___proc._470.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1896/requerimento_051__rogelma_mascarenhas_-_solicitando_da_cpfl___proc._495.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1897/requerimento_052_edinan_salgados_-_autismo____proc._529.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1898/requerimento_053_andre_da_autoescola_-_barracos_em_lugares_publicos__proc._507.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1899/requerimento_054__cidao_mineiro_-_nao_realizar_a_colocacao_de_traves__proc._524.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1900/requerimento_055_andre_da_autoescola_-_reabrir_o_banheiro_publico____proc._525.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1901/requerimento_056_andre_da_autoescola_-_perguntas_sobre_o_cemiterio____proc._526.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1902/requerimento_057__edson_do_lanche_-_funcionarios_no_urbanismo__proc._528.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1903/requerimento_058__jhon_braga_-_ligacao_entre_escola_e_quadra____proc._527.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1917/requerimento_059__cidao_mineiro_-_onde_foram_instaladas_as_academias_ao_ar_livre_e_playgrounds_proc._563.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1918/requerimento_060__cidao_mineiro_-_recursos_da_cip_proc._562.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1919/requerimento_061_bruno_ribeiro_-_atendimento_especializado_proc._565.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1920/requerimento_062_bruno_ribeiro_-_coleta_de_lixo_no_municipio_proc._568.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1921/requerimento_063_bruno_ribeiro_-_departamento_da_cultura_proc._576.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1922/requerimento_064_bahia_-_de_reforma_das_quadras_esportivas__proc._578.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1923/requerimento_065_edinan_salgados_-_iluminacao_o_cemiterio_proc._555.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1924/requerimento_066__andre_da_autoescola_-_praca_de_alimentacao_proc._589.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1925/requerimento_067__andre_da_autoescola_-_centro_esportivo_aparecido_campos_proc._590.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1926/requerimento_068__andre_da_autoescola_-_licitacao_proc._565.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1976/requerimento_069__rogelma_-_projetos_de_recapeamento_proc._626.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1977/requerimento_070__rogelma__-_kits_cabeleireiro_proc._625.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1978/requerimento_071__rogelma__-_ambulancia_proc._624.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1979/requerimento_072__andre_da_autoescola__-_informacoes_imoveis_pertencentes_a_administracao_municipal_proc._634.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2015/requerimento_073__jhon_braga_-_instituto_de_pesquisas_tecnologicas_ipt__proc._721.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1980/requerimento_074_jhon_braga_-_inseguranca__proc._643.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1981/requerimento_075_jhon_braga_-_cargos___proc._642.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1982/requerimento_076_jhon_braga_-_pedido_de_resposta_proc._641.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2016/requerimento_077__rogelma_-_enviar_custei_para_saude_proc._683.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2017/requerimento_078__rogelma_-_enviar_recurso_para_implementacao_de_pracas_ao_ar_livre_proc._684.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2018/requerimento_079__rogelma_-_lampadas_queimadas_proc._677.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2019/requerimento_080__bruno_ribeiro_-_divisao_de_atendimento_clinico_proc._689.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2020/requerimento_081__bahia_do_corte_-_corte_de_agua_proc._671.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2021/requerimento_082__bruno_ribeiro_-_aumento_da_violencia_as_mulheres_proc._672.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2022/requerimento_083__andre_da_autoescola_-_cronograma_de_poda_de_arvores_proc._705.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2023/requerimento_084__jhon_braga_-_melhorias_na_sinalizacao__proc._720.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2024/requerimento_085__jhon_braga_-_arborizacao_urbana__proc._723.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_086__andre_da_autoescola_-_revitalizacao_da_praca_localizada_no_bairro_sinha_prados_proc._754.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_087__rogelma_-_camera_de_monitoramento__proc._758.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_088__andre_da_autoescola_-_poda_das_arvores_na_rua_emilia_galli_proc._766.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_090__bruno_ribeiro_-_iluminacao_publica_proc._785.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_091_jhon_braga_-_reservatorios_de_agua_proc._789.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_092_jhon_braga_-_protecao_dos_agua_potavel_proc._793.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2069/requerimento_093_jhon_braga_-_abrigo_pro-vida_francisco_toledo_piza._proc._794.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2070/requerimento_094_andre_da_autoescola_-_sinalizacoes_semaforicas__proc._797.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2071/requerimento_095__edson_do_lanche_-_lombada_proc._791.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2099/requerimento_096__bruno_ribeiro_-_departamento_de_odonto_proc._801.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2100/requerimento_097__bahia_do_corte_-_clinicas_sem_cilindro_de_oxigenio_proc._836.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2101/requerimento_098__bahia_do_corte_-_aumento_nas_enfermeiras_da_unidade_do_luiz_ometto_proc._837.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2102/mocao_099_diego_viveiros_-_angelina_da_silva_pereira_-__proc._971.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2103/requerimento_100_rogelma_mascarenhas_-_quais_medidas_a_administracao_esta_tomando_sobre_as_luzes__proc._854.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2104/requerimento_101_bruno_ribeiro_-_saude_e_a_mobilidade__proc._860.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2105/requerimento_102_andre_da_autoescola_-_manutencao_na_praca_do_bairro_sao_judas_tadeu___proc._857.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2106/retirada_de_protocolo_-_andre_da_autoescola_-_proc__858.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2107/requerimento_104_jhon_braga_-_execucao_de_cortes_no_fornecimento_de_agua___proc._879.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2190/requerimento_105_edson_do_lanche_-_loteamento_ouro_verde__proc._914.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2127/requerimento_107_andre_da_autoescola_-_secretarias_municipais___proc._972.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2130/requerimento_109_bruno_ribeiro_-_crescimento_economico__proc._954.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2131/requerimento_110_bruno_ribeiro_-_biblioteca_escolar__proc._964.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2132/requerimento_111_bruno_ribeiro_-_pratica_de_xadrez_nas_escolas__proc._963.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2191/requerimento_112_silas_da_sadia_e_andre_-_comissao_de_transito___proc._1013.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2192/requerimento_113_bruno_ribeiro_-_planejamento_de_limpeza_da_praca_paulo_franciscatto__proc._1020.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2193/requerimento_114_rogelma_mascarenhas_-_poste_de_iluminacao___proc._1010.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2194/requerimento_115_bruno_ribeiro_-_alteracao_de_horarios_das_consultas_proc._1004.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2195/requerimento_116_silas_da_sadia_e_andre_-_bens_inserviveis___proc._1012.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2196/requerimento_117_andre_da_autoescola_-_sinalizacao_de_transito___proc._1024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2197/requerimento_118_andre_da_autoescola_-_obra_da_estacao_proc._1028.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2217/requerimento_120_maicon_rios_-_relacao_atualizada_dos_conselhos_municipais__proc._1055.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2218/requerimento_121_andre__-_entrega_de_marmitas_durante_as_ferias___proc._1046.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2219/requerimento_122_rogelma__-_alameda_mario_cavalari___proc._1066.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2220/requerimento_124_andre_da_autoescola_-_area_de_preservacao_permanente_app__proc._1120.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2221/requerimento_125_jhon__-_solicita_relacao_completa_dos_departamentos___proc._1057.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2222/requerimento_126_cidao_mineiro_-_para_que_a_empresa_cruz_se_atente_ao_horario__proc._1098.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2223/requerimento_127_bahia_do_corte_-_funcionamento_do_conselho_tutelar__proc._1107.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2224/requerimento_128_jhon__-_cadastro_de_pessoas_com_deficiencia___proc._1123.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2225/requerimento_129_jhon_braga_-_concen__proc._1121.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2286/requerimento_130_-__andre__-_cronograma_fisico-financeiro____proc._1188.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2287/requerimento_131_-__andre__-_cobranca_pelos_espacos_publicos_esportivos_proc._1196.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2288/requerimento_132_-__rogelma_-_aparelho_geofone_____proc._1133.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2290/requerimento_133_bruno_ribeiro_-_reforma_da_unidade_hospitalar_proc._1148.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2291/requerimento_134_bruno_ribeiro_-_casa_da_juventude_proc._1145.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2292/requerimento_135_-_silas_da_sadia_-_iluminacao_de_led_proc._1154.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2293/requerimento_136_-_maicon_rios_-_vestiario_da_piscina_____proc._1151.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_137_-_andre_autoescola_-_ponte__proc._1194.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2296/requerimento_139_-_jhon_braga_-_homem-hora__proc._1193.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2297/requerimento_140-_jhon_braga_-_contrato_com_a_link_beneficios__proc._1197.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2298/requerimento_141__edinan_-fiscalizacao_saude_proc_1192.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2299/requerimento_142__rogelma_-_envio_de_recursos_proc._1184.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2331/requerimento_144_-__bruno_ribeiro__-_instalacao_de_cameras_nas_escolas__proc._1221.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2332/requerimento_145_-__bruno_ribeiro__-_limpeza_dos_fios_e_cabos__proc._1234.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2333/requerimento_146_-__andre__-_multa_por_perda_da_carteirinha__proc._1220.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2334/requerimento_147_-__rogelma___-_folha_de_pagamento__proc._1236.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2335/requerimento_148_-__rogelma___-_daema__proc._1238.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2336/requerimento_149_-__rogelma___-_empresa_rumo_logistica_proc.1237.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2370/requerimento_150_-_silas_da_sadia_-_listagem_dos_veiculos_ativos_para_manutencao__proc._1278.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2371/requerimento_151_-__bruno_ribeiro__-_planejamento_sobre_acessibilidade__proc._1299.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2372/requerimento_152_-_andre_da_autoescola__-_bancos_de_concreto__proc._1294.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2374/requerimento_154_-__jhon_braga__-_calendario_de_vacinas__proc._1291.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2375/requerimento_155_-__rogelma_mascarenhas__-_seguranca_do_hospital__proc._1304.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2376/requerimento_156_-__bruno_ribeiro__-_manutencao_e_organizacao_dos_fios__proc._1318.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2377/requerimento_157_-__rogelma_mascarenhas__-arrecadacao_de_tributos_proc._1313.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2378/requerimento_158_-__rogelma_mascarenhas__-coronel_helena_dos_santoas_reis_proc._1314.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2379/requerimento_159_-__bahia_do_corte__-_indicacao_sobre_academia_ao_ar_livre__proc._1306.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2380/requerimento_160_-__deigo_viveiros_-_informar_estagio_atual_da_ponte__proc._1175.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2410/requerimento_161_-__andre__-_portal_da_transparencia_proc._1357.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2415/requerimento_162_-__bruno_ribeiro__-_fundacao_reviver_proc._1358.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2417/requerimento_163_-__bruno_ribeiro__e_silas_da_sadia_-_agressao_verbal_e_fisica_proc._1359.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2419/requerimento_164_-__jhon_braga_-_infraestrutura_cer_vera_lucia_cavassani_proc._1366.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2421/requerimento_165_-__andre_da_autoescola_-_retirada_de_ponto_de_onibus_proc._1364.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2422/requerimento_166_-__andre_da_autoescola_-_lei_do_estagio_proc._1363.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2423/requerimento_167-__edson_do_lanche_-_loteamento_ouro_verde._1386.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2424/requerimento_168_-__silas_da_sadia__-_registros_de_terceirizados_proc._1394.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2463/requerimento_169_-_bahia_do_corte_e_ademir_dos_santos_-_instalacao_da_jari_proc_1412.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2464/requerimento_170_-_andre_da_autoescola_-_gastos_com_o_1o_circuito_saude_da_mulher__proc_1421.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2465/requerimento_171_-_bruno_ribeiro_-_ao_departamento_de_planejamento_e_obras__proc_1423.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2466/requerimento_173_-_bruno_ribeiro_-_iluminacao_da_unidade_hospitalar_proc_1437.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2467/requerimento_174_-_jhon_braga_-_sesc_proc_1444.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2468/requerimento_175_-_jhon_braga_-_audiencia_publica_proc_1446.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2469/requerimento_176_-_jhon_braga_-_execucao_da_pista_de_caminhada_proc_1445.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2516/requerimento_178-_maicon_rios_-_composicao_do_conselho_municipal_dos_direitos_da_mulher_proc_1463.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2517/requerimento_179-_bruno_ribeiro_-_tarifa_social_proc_1477.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2518/requerimento_180-_bruno_ribeiro_-_viabilidade_para_mao_unica_proc_1494.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2541/requerimento_181-_andre_da_autoescola_-fome_nao_tira_ferias_proc._xxxxx.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2542/requerimento_182-_bruno_ribeiro_-obstrucao_do_transito_proc_1557.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2519/requerimento_184-_andre_da_autoescola_-substituicao_de_iluminacao_no_campo_municipal_proc_1503.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2520/requerimento_185-_jhon_braga_e_andre_da_autoescola_-situacao_da_estacao_do_tratamento_de_esgoto_proc.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2521/requerimento_186-_jhon_braga_-empresa_suprema_analitica_proc_1500.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2522/requerimento_188-_jhon_braga_-plano_de_emergencia_e_contingencia_ambiental_proc_1496.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2543/requerimento_189_-_jhon_braga_-figilancia_epidemiologica_proc_1566.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2544/requerimento_190_-_rogelma_mascarenhas_-_recapeamento_avenida_limeira_proc_1506.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2545/requerimento_191-_ademir_dos_santos_-programa_saude_da_familia_1509.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2546/requerimento_192-_andre_da_autoescola_-lei_lucas_1534.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2547/requerimento_193-_andre_da_autoescola_-transporte_de_pacientes_proc_1537.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2548/requerimento_194-_jhon_braga_-vigilancia_sanitaria_proc_1564.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2549/requerimento_195-2025_diego_viveiros_licenca.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2586/requerimento_196_-_rogelma_mascarenhas_-_multa_da_cetesb_proc_1591.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2587/requerimento_197-_diego_viveiros_-_odor_que_afeta_o_municipio._proc_1554.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2588/requerimento_198_-_andre_da_autoescola_-_informacoes_req._170-2025_proc._1602.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2589/requerimento_199_-_rogelma_mascarenhas_-_rua_pitangueiras_proc_1507.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2590/requerimento_200_-_andre_da_autoescola_-_informacoes_campeonato_sub_11_proc._1598.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2591/requerimento_201_-_jhon_braga_-_solicitacao_de_conferencia_documental__processo_seletivo_003-2025__.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2592/requerimento_202_-_jhon_braga_-_pagamentos_empresa_mfj__proc._1614.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2593/requerimento_203_-_andre_da_autoescola_e_bruno_ribeiro_-_pregao_da_empresa_mfj_treinamentos._proc._1.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2594/requerimento_204_-_jhon_braga_-_laudos_da_agua_proc._1619.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2595/requerimento_205_-_rogelma_mascarenhas_-_recapeamento_rua_limeira_proc_1506.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2624/requerimento_206-_andre_da_autoescola-_concen_proc_1635.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2634/requerimento_207-_rogelma_mascarenhas_-_limpeza_da_linha_ferrea_proc._1634.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_208-_silas_da_sadia_-_vendedores_ambulantes_proc._1640.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2635/requerimento_209-_bruno_ribeiro_-_programa_de_educacao_ambiental_proc._1642.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_210-_bruno_ribeiro_-_departamento_de_esportes_proc._1643.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_001_-_proc_144.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_002_-_proc_125.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_003_-_proc_057.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1681/indicacao_004_-_proc_048.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1682/indicacao_005_-_proc_035.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1683/indicacao_006_-_proc_046.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1684/indicacao_007_-_proc_036.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_008_-_proc_112.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_009-_proc_037.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_010_-_proc_111.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_011_-_proc_132.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1689/indicacao_012_-_proc_095.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1690/indicacao_013_-_proc_094.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1691/indicacao_014_-_proc_146.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1692/indicacao_015_-_proc_143.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1693/indicacao_016_-_proc_147.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1694/indicacao_017_-_proc_066.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1695/indicacao_018_-_proc_067.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_019_-_proc_068.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1697/indicacao_020_-_proc_064.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1698/indicacao_021_-_proc_032.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1699/indicacao_022_-_proc_065.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1700/indicacao_023_-_proc_012.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1701/indicacao_024_-_proc_014.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_025_-_proc_018.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_026_-_proc_078.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_027_-_proc_274.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_028_-_proc_257.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_029_-_proc_256.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_030_-_proc_138.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_031_-_proc_107.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_032_-_proc_137.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_033__proc._251.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_034__proc._270.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_035__proc.271.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_036__proc.272.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_037_-_proc_203.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_038_-_proc_252.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_039_-_proc_145.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_040_-_proc_077.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1766/indicacao_041_-_proc_266.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1767/indicacao_042_-_proc_267.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1768/indicacao_043_-_proc_262.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1769/indicacao_044_-_proc_269.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1770/indicacao_045_-_proc_273.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1771/indicacao_046_-_proc_069.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1772/indicacao_047_-_proc_246.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_048_-_proc_241.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_049_-_proc_243.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1776/indicacao_050_-_proc_261.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_051__proc._056.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_052_diego_viveiros__-_aplicativo_whatsapp__proc_197pdf.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_055_rogelma_-_braco_de_lampadas_-_proc_242.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_056_rogelma_-_pintura_lombo_faixa_-_proc_260.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_057_andre__plano_de_carreiras___-_proc_303.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_059_van_calcada_na_academia_do_idoso_-_proc_301.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_060_van_poda_das_arvores__-_proc_302.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_061_van_recapeamento_-_proc_300.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao_062_edinan_lombadas_av._cristina_quadrado_della_rovere_-_proc_299.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_063__bahia_e_ademir-_lombada_na_alameda_mario_cavalari__proc_297.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_064__bahia_e_ademir-_cer_suely_de_lima__proc_307.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1799/indicacao_065__bahia_e_ademir_-_faixa_elevada_emilia_galli_proc_311.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_066_bruno_-_recapeamento_asfaltico__proc_098.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_067_bruno_-_passarela_e_lombo-_faixa__proc_306.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_068_cidao_-_estacionamento_45_graus__proc_331.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_070_ademir_e_bahia_-_ampliacao_da_unidade_de_saude_da_familia_usf___proc_333.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_071_ademir_e_bahia__-_realizada_a_reforma_da_unidade_hospitalar_dr._jose_nigro_neto__proc_334.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1806/indicacao_072_ademir_e_bahia_-_psicologo_para_atender_o_setor_de_educacao_proc_335.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_073_cidao_-_redutor_de_velocidade___proc_344.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_074_edson__-_limpar_a_rua_afonso_jose_nigro___proc_361.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_075_edson__-_limpar_a_alameda_mario_cavallari___proc_362.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1810/indicacao_076_jhon__-_regiao_de_alagamento_centro_e_bela_vista__proc_347.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1811/indicacao_077_jhon__-implantacao_de_lombadas_e_lombo_faixas_proc_356.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_078_jhon__-demandas_av._sumare_proc_348.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_079_silas_da_sadia__-_mao_unica_na_rua_toledo_pizza___proc_364.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_080_van_lombada_-_proc_312.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_081_van_melhorias_na_creche_sueli_-_proc_345.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_082_edson__-_manutencao_sao_jose_2_av_mario_cavalari__proc_372.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_083_cidao__-_verificar_tampas_de_bueiros_proc_405.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_084_rogelma_-_limpeza_das_galerias_de_aguas_pluviais_proc_385.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_085_rogelma_-_avenida_secondo_della_rovere_proc_386.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_086_andre_da_autoescola_-_proc_392.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_087_andre_da_autoescola_-_proc_404.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_088_andre_da_autoescola_-_proc_397.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_089_jhon_braga_-_proc_400.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_090_jhon_braga_-_proc_399.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_091_jhon_braga_-_proc_401.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao_092_rogelma_-_formigueiro_nas_pracas_proc_386.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao_093_diego_realizacao_do_dia_d_-_proc_407.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao_094_diego_revitalizar_a_avenida_carlos_lima__-_proc_296.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao_095_edson__-_manutencao_da_iluminacao_da_academia__proc_517.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_096_edson__-_sinalizacao_em_frente_ao_banco_do_brasil__proc_519.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_097_cidao_mineiro_-_pinturas_da_faixa_de_pedestre_proc_520.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_098_jhon_braga_implementar_proibido_estacioanar_-_proc_489.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_099_jhon_braga_estudo_completo_de_embarque_e_desembarque-_proc_488.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_100_jhon_braga_-_implementacao_de_semaforos_proc_483.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_101_silas__implementacao_de_lomaba-_proc_465.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_102_silas_reparo_no_esgoto_e_buracos_-_proc_437.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_103_silas_operacao_tapa_buracos-_proc_464.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_104_bahia_manutencao_da_estrada_-_proc_513.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_105_bahia_-_manutencao_do_playground_proc_458.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_106_bahia_instalacao_do_playground-_proc_457.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1876/indicacao_107_ademir_licitacao_para_saude-_proc_490.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_108_ademir_6_horas_das_recreacionistas_-_proc_492.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_109_ademir_especialista_odontologico_-_proc_491.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1879/indicacao_110_andre_da_autoescola_chipagem_de_esquinos-_proc_493.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1880/indicacao_111_andre_da_autoescola_arquibancada_lateral_-_proc_473.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1881/indicacao_112_andre_da_autoescola_tombamento_-_proc_472.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_113_rogelma_-_tapa-buracos_proc_487.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_114_rogelma_-_colocacao_de_parques_proc_460.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_115_cidao_mineiro_-_recapeamente_proc_521.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao_116_cidao_mineiro_-_lombada_proc_522.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1886/indicacao_117_edson__-__tapa_buracos_e_lombadas_proc_523.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1887/indicacao_118__bruno_-_quadra_poliesportiva-_faixa__proc_444.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1888/indicacao_119__bruno_-_transito_intenso_-_faixa__proc_435.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1889/indicacao_120_rogelma_-_praca_ao_ar_livre_proc_469.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_121_diego__-_cpfl__proc_432.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_122_bahia_-_manutencao_do_campo_e_quadra__proc_548.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_123_cidao_mineiro__sinalizar_e_pintar_as_faixas-_proc_577.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_124_bahia_-_limpeza_da_praca_proc_539.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_125_rogelma__-_implantacao_de_iluminacao_publica__proc_540.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_126_van_do_gas-_reparos_e_reformas_da_ubs_proc_552.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_127_maicon-_plimpeza_das_academias_ao_ar_livre_proc_596.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_128__rogelma__-_lombada_rua_carlos_borsoli__proc_496.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_130_bruno-_escolhinha_de_futebol_proc_567.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_130_bruno-_escolhinha_de_futebol_proc_567.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_131_ademir_-_saude_da_mulher_proc_572.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_132_ademir_-_saude_da_familia_proc_573.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_133_ademir_-_furp__proc_575.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_134_bahia_-_jiu-jitsu_proc_582.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_135_bruno-_rocagem_do_campo_do_sao_judas_proc_591.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_136_andre-_necessidade_de_substituicao_das_bandeiras_em_frente_a_prefeitura_proc_585.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao_137_silas__proibido_estaciona_e_proibido_parar__av_catanduvas_proc_497.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao_138_edson-_limpeza_de_paletas_e_colchoes_proc_593.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_139_edson-_ponto_de_onibus_no_sao_jose_2_proc_594.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1957/indicacao_140_ademir__piso_dos_motoristas_-_proc_649.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_141_bahia_-_placas_e_cameras__proc_581.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_142_bahia_-_tapa-buracos___proc_620.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_143_bahia_-_bolsao_de_descartes__proc_580.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao_144_cidao__cobertura_das_creches_-_proc_631.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_145_rogelma__limpeza_de_area_verde_-_proc_629.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_146_rogelma__reposicao_de_equipamentos_-_proc_628.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao_147_rogelma__poda_das_arvores_-_proc_627.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_148_maicon_rios_implementacao_de_placa_de_homenageado_-_proc_616.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao_149_maicon_rios_pintura_da_faixa_em_frente_da_igreja_quadrangular_-_proc_630.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao_150_andre_da_autoescola_campanhas_informativas_voltas_a_cnscientizacao_-_proc_633.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao_151_andre_da_autoescola_sinalizacao_de_transito_em_frente_a_policia_militar_-_proc_623.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao_152_andre_da_autoescola_horta_escolar_-_proc_622.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_153_jhon_braga-_rua_manoel_jose_pires_-_proc_646.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_154_jhon_braga-_lombo_faixa_-_proc_645.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_155_jhon_braga-_criancas_com_tea_-_proc_644.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_156_ademir__parceria_com_o_senai_-_proc_648.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_157_ademir__aumento_do_ticket_-_proc_647.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_158_rogelma_mascarenhas-_realizacao_de_operacao_tapa-buracos_proc_693.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_159_rogelma_mascarenhas-_colocacao_de_placa_proc_712.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_160_edinan_salgados-_diminuicao_da_altura_da_lombada_proc_690.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_161_ademir_dos_santos-_viabilizacao_de_murar_o_postinho_do_sao_jose_proc_691.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_162_edinan_salgados-_pintor_os_redutores_de_velocidade_proc_686.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_163_bruno_ribeiro-_reformas_na_sinalizacao_de_transito_proc_687.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_164_bahia_do_corte_-_poda_das_arvores_na_rua_erminio_goncalves_proc_667.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_165_bahia_do_corte_-_tirar_taxas_dos_campos_e_quadras_munipipais_proc_670.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_166_andre_da_autoescola-_realizar_uma_comissao_municipal_de_transito_proc_688.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_167_bruno_ribeiro-_sinalizacao_da_avenida_nicolau_carneiro_leao_proc_700.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_168_rogelma_mascarenhas-_recolocar_nome_proc_698.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_169_andre_da_autoescola-_implementacao_de_sinalizacao_proc_704.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_170_bruno_ribeiro-_recapeamento_das_ruas_proc_701.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_171_ademir_dos_santos_-_pediatra__proc_703.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_172_cidao_mineiro-_lombada_na_avenida_joao_joaquim_proc_715.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_173_cidao_mineiro-_revitalizacao_da_rotatoria_proc_716.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_174_jhon_braga-_solicitacao_de_implementacao_de_medida_de_seguranca_viaria_proc_710.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_175_andre_da_autoescola-_educacao_do_transito_nas_escolas__proc_711.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_177_jhon_braga-_doacao_de_mudas_proc_724.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_178_ademir-_aumento_no_auxilio_alimentacao_proc_719.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_179_bruno_ribeiro-_quadra_de_beach_tenis_proc_752.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2036/indicacao_180_bruno_ribeiro-_frente_da_escola_virgilio_gomes_proc_751.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_181_edinan_salgados_-_troca_das_lampadas__proc_746.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_182_rogelma_mascarenhas-_limpeza_das_cers_e_emefs_proc_759.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_183_andre_da_autoescola-__remocao_do_formigueiro_proc_798.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_184_ademir_dos_santos-_seguranca__no_hospital_jose_nigro_neto.__proc_777.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2041/indicacao_185_ademir_dos_santos-_alimentacao_no_hospital_jose_nigro_neto.__proc_778.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_186_jhon_braga-_higienizacao_periodica_proc_784.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_187_bahia_-_instalacao_da_parte_eletrica__proc_434.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_188_edson_do_lanche-_reconstrucao_da_ponte_proc_792.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2045/retirada_proposicao_189_-_van_do_gas.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_190_jhon_braga-_rampa_de_acesso__proc_787.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_191_jhon_braga-_servicos_de_limpeza__proc_788.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2048/indicacao_192_cidao_mineiro-__remocao_e_substituicao_das_duas_bocas_proc_796.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_193_cidao_mineiro-__operacao_de_tapa-buracos_proc_795.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_194_rogelma_mascarenhas-_desentupimento_de_galeria_de_agua_proc_676.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2051/indicacao_195_rogelma_mascarenhas-_revitalizacao_de_preca_proc_666.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2052/indicacao_196_diego_viveiros-_recapear_acesso_de_cadeiras_de_rodas_na_pn__proc_764.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_197_edinan_salgados_-_grades_na_lombofaixa_da_rua_borborema__proc_804.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_198_bruno_ribeiro_-_desentupimento_e_recolocada_tampa_de_bueiro_proc_802.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_199_edinan_salgados_-_providenciar_um_professor_para_aulas_de_zumba_proc_820.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_200_edinan_salgados_-_mudanca_de_parada_de_onibus_proc_821.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_201_rogelma_mascarenhas-_recapeamento_proc_760.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_202_rogelma_mascarenhas-_limpeza_das_galerias_de_aguas_pluviais_proc_852.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2083/indicacao_203_cidao__-_faixa_de_pedestre_e_tampa_de_bueiro___proc_873.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2084/indicacao_204_ademir_dos_santos_e_outros_-__aumento_de_muro_proc_872.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_205_bruno_ribeiro_-_devida_sinalizacao_proc_861.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_206_bahia_do_corte_-_fazer_troca_de_lampada_e_instalar_braco_de_luz_proc_863.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_207_bruno_ribeiro_-__margens_do_corrego_sao_jose_i_e_ii_proc_862.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_208_ademir_dos_santos_-__contratacao_emergencial_de_um_eletricista_proc_867.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2089/indicacao_209_ademir_-_absenteismo_em_consultas_e_exames_na_rede_municipal_de_saude_proc_869.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2090/indicacao_210_cidao_mineiro_-__construcao_ded_lombada_proc_874.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2091/indicacao_211_edson_do_lanche_-__limpeza_e_tapa_buracos_na_rua_ana_pereira_de_godoi___proc_875.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2092/indicacao_212_edson_do_lanche_-_indicacao_de_limpeza_na_calcada_da_rua_mathias_pavao__proc_876.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2093/indicacao_213_jhon_braga_-__intervencao_tecnica_para_correcao_de_vazamento___proc_878.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2094/indicacao_214_andre_-_desafio_do_desmaio___proc_859.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2095/indicacao_215_jhon_-_vagas_de_estacionamento___proc_877.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2096/indicacao_216_jhon_-projeto_da_casa_de_abrigo_para_mulheres___proc_880.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_217_diego_-_comunidade_terapeutica_libertar__proc_786.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_218_diego_-empresa_brasileira_de_participacao_nuclear_proc_868.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_219_cidao_mineiro_-_colocar_lixeiras_nos_parquinhos_de_todas_as_pracas_do_municipio___proc_970.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_220_edinan_salgados_-_campeonato_veterenos_acima_de_40_anos___proc_965.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2235/indicacao_221_van_do_gas_-__instalacao_de_um_redutor_de_velocidade_na_rua_rouxinol__proc_894.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2152/indicacao_222_cidao_mineiro_-_pintar_faixa_para_estacionamento__proc_969.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_223_edinan_salgados_-__iluminacao_da_praca_dorvalino_de_asis__proc_899.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_224_diego_viveiros_-_sinalizacao_de_embarque_e_desembarque_proc_967.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_225_maicon_rios_-_limpeza_na_avenida_luigi_romania__proc_928.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_226_edson_do_lanche_-_melhorias_no_bairro_jardim_maria_luiza__proc_913.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2158/indicacao_227_edson_do_lanche_-_melhorias_no_bairro_jardim_primavera__proc_911.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2159/indicacao_228_edinan_salgados_-_limpeza_no_residencial_alianca__proc_938.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_229_andre_da_autoescola__-_prevencao_de_queimadas__proc_974.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_230_bruno_ribeiro_-__solicito_que_seja_realizado_limpeza_e_rocagem_da_area_da_prefeitura__proc_885.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_231_bruno_ribeiro_-__rampa_de_acesso_para_cadeirante_na_rua_antonio_pavan_filho__proc_923.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_232_bruno_ribeiro_-__reparos_na_escola_virgilio_gomes__proc_897.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_233_diego_viveiros_-_forma_correta_de_fazer_a_poda_das_arvores__proc_905.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_234_maicon_rios_-_instalacao_de_um_container_de_lixo__proc_953.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_235_andre_da_autoescola_-_mini_campo__proc_945.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_236_andre_da_autoescola_-_reativacao_da_comissao_municipal_de_esporte_proc_961.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_237_ademir_dos_santos_-_ortopedista_para_o_hospital_jose_nigro_neto_proc_975.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_238_jhon_braga_-_limpeza_completa_de_area_verde___proc_978.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_239_jhon_braga_-_area_de_recreacao_infantil___proc_979.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_240_jhon_braga_-_implementacao_de_uma_canaleta_proc_977.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_241_diego_viveiros_-_disponibilizar_crachas__proc_947.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_242_silas_da_sadia_-_limpeza_na_avenida_odilson_gomes__proc_989.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_243_maicon_rios_-_tapa_buraco_na_avenida_aparecida_schwenke_proc_990.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_244_maicon_rios_-_reparos_na_av._erenita_goncalvez_proc_997.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_246_andre_da_autoescola_-_parada_obrigatoria___proc_995.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_246_andre_da_autoescola_-_parada_obrigatoria___proc_995.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_247_bruno_ribeiro_-__passarela_proximo_ao_endreco_av_manoel_borba_proc_1005.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_248_rogelma_mascarenhas_-__limpeza_em_varias_areas_do_municipio_proc_1009.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_249_diego_viveiros_-__limpeza_da_rua_joao_bernardo_muniz_proc_1006.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_250_cidao_-_lombada_proc_1015.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_251_bruno_ribeiro_-_troca_das_lampadas_na_bifurcacao_proc_1018.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_252_bruno_ribeiro_-__a_continuidade_da_calcada_na_av._maria_madalena_godoy__proc_898.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_253_cidao_-_ampliacao_da_equipe_de_vigilancia_proc_1016.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_254_ademir_e_bahia_do_corte_-_projeto_de_educacao_financeira_proc_1021.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2188/indicacao_255_maicon_rios_-_cronograma_de_retirada_de_inserviveis_proc_996.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2189/indicacao_256_jhon_braga_-__semaforo_na_rua_ribeiro_de_barros__proc_1026.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2236/indicacao_257_maicon_-_instalacao_de_canaleta_no_cruzamento___proc_1052.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_258_diego__-_iluminacao_publica____proc_1053.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_259_rogelma__-_limpeza_em_toda_extensao_da_avenida_genoveva_embriani__proc_1063.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2239/indicacao_260_rogelma__-_loperacao_tapa-buraco__proc_1064.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2240/indicacao_261_rogelma__-_limpeza_de_toda_extensao_da_rua_henrique_dos_santos_proc_1065.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2241/indicacao_262_edson_do_lanche__-_limpeza_e_controle_de_escorpioes_proc_1090.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2242/indicacao_263_diego__-_sarjeta_na_rua_dom_pedro_ii_proc_1083.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_264_cidao_mineiro__-_tapa_buraco_na_alameda_dr._alberto_jose_eloy____proc_1100.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2244/indicacao_265_cidao_mineiro__-_implementacao_de_lombada_na_rua_bem_te_vi__proc_1097.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_266_maicon_rios__-_reparo_na_rua_rosalina_dos_santos____proc_1085.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_267_edson_do_lanche__-_proibido_estacionar_na_rua_rouxinol_proc_1089.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_268_cidao_mineiro__-_poda_das_arvores_proc_1099.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2248/indicacao_269_maicon_-_realizar_a_pintura_de_faixa_de_pedestre__proc_1051.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2249/indicacao_270_andre-_iluminacao_da_pm_proc_1105.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2250/indicacao_271_jhon_braga_-_daema__proc_1113.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2251/indicacao_272_jhon_-_reuniao_entre_setores_proc_1114.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2252/indicacao_273_van_do_gas_-__calcada_rua_rouxinol_proc_1111.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_274_bruno_ribeiro-_melhorias_e_seguranca_na_escola_vrgilio_gosmes__proc_1109.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_275_bruno_ribeiro-_rampa_de_acesso_para_cadeirantes___proc_1110.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_276_ademir-_reativacao_do_centro_cirurgico___proc_1112.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2256/indicacao_277_bruno_ribeiro_-_mas_condicoes_da_avenida_ibate__proc_1079.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2257/indicacao_278_jhon_braga_-_realizar_os_servicos__proc_1033.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2258/indicacao_279_andre__-_treinamento_proc_1104.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2259/indicacao_280_andre__-_escolhinha_de_futebol__proc_1095.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2263/indicacao_281_bruno_ribeiro_-_realize_a_pintura_das_sinalizacoes__proc_1161.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_282_bahia_do_corte_-_instalar_bracos_de_luz__proc_1166.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2265/indicacao_283_cidao_mineiro__-_implementacao_de_lombada_na_rua_joao_bombo__proc_1179.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_284_rogelma__-_cobertura_nos_parquinhos_dos_cers_proc_1180.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_285_bruno_ribeiro_-_limpeza_do_trecho_da_linha_ferrea_proc_1019.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_286_bruno_ribeiro_-_melhorar_o_fluxo_do_transito__proc_1156.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2269/indicacao_287_bahia_do_corte_e_ademir_-_dar_continuidade_na_pintura_das_feixas_da_rua_manoel_jose_pires_proc_1159.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2270/indicacao_288_edson_do_lanche_-_onibus_para_realizar_o_transporte___proc_1165.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2271/indicacao_289_cidao_mineiro__-_supressao_de_arvores_na_alameda_proc_1201.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_290_jhon_braga_-_revitalizacao_das_pracas_proc_1200.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2273/indicacao_291_rogelma__-_operacao_tapa-buraco_proc_1183.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_292_rogelma__-_tampa_na_caixa_de_registro_proc_1185.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_293_jhon_braga_-_iluminacao_e_poda_atemaro__proc_1199.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_294_ademir_-solicitacao_de_equipamentos_proc_1190.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2277/indicacao_295_jhon_braga_-programa_empresa_acessivel_proc_1117.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2278/indicacao_296_silas_da_sadia__-_lombada_manoel_jose_pires__proc_1173.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2305/indicacao_297_edinan_salgados_-_tapa-buraco_na_rua_joao_joaquim__proc_1222.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2306/indicacao_298_edinan_salgados_-_placa_na_rua_nicolau_carneiro_proc_1219.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2307/indicacao_299_andre_da_autoescola_-_implementacao_de_uma_quadra_poli-esportiva_proc_1224.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2308/indicacao_300_maicon_rios_-_tapa_buraco_no_final_da_avenida_catanduva_proc_1231.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2309/indicacao_301_bruno_ribeiro_-_implementacao_de_bracos_e_lampadas_nos_postes_proc_1232.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2310/indicacao_302_maicon_rios_-_limpeza_na_rua_caetano_treve_proc_1229.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2311/indicacao_303_bruno_ribeiro_-_rampa_de_acesso_no_ginasio_de_esportes_proc_1211.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2312/indicacao_305_jhon_braga_-_atualizacao_do_mapa_oficial_do_municipio_proc_1210.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2313/indicacao_306_maicon_rios_-_instalacao_da_placa_de_denominacao_proc_1213.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2314/indicacao_307_andre_da_autoescola_-_obras_de_calcamento__proc_1228.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2315/indicacao_308_rogelma_-_limpeza_da_area_verde__proc_1239.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2316/indicacao_309_rogelma_-_limpeza_das_vias_publicas___proc_1240.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2317/indicacao_310_jhon_braga_-_campo_de_futebol_da_praca_dorvalino_de_assis___proc_1242.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2318/indicacao_311_edson_do_lanche_-_continuacao_da_calcada___proc_1243.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2319/indicacao_312_edson_do_lanche_-_cadunico__proc_1244.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2320/indicacao_313_cidao_mineiro_-_placa_de_proibido_estacionar__proc_1245.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2321/indicacao_314_ademir_-_estacionamento_em_45_graus__proc_1235.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2322/indicacao_315_jhon_braga_-_mapeamento_oficial_dos_pontos_inacessiveis___proc_1247.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2323/indicacao_316_bruno_ribeiro_-_operacao_tapa-buraco__proc_1248.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2324/indicacao_317_rogelma__-_limpeza_rua_primitiva_giazi__proc_1241.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_319_andre_da_autoescola_-_representacao_esportiva_proc_1285.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2347/indicacao_320_bruno_ribeiro_-_reparo_e_tampa_da_galeria_de_agua_pluvial__proc_1273.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2348/indicacao_321_andre_da_autoescola_-_pintura_das_faixas_na_rua_ribeiro_de_barros_proc_1281.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2349/indicacao_322_ednan_salgados_-_reparo_de_bueiro__proc_1259.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2350/indicacao_323_andre_da_autoescola_-_localizacao_dos_pontes_de_onibus_proc_1271.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2351/indicacao_324_rogelma_mascarenhas_-_redutor_de_velocidade__proc_1303.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2352/indicacao_325_bahia_do_corte_-_limpeza_urbana__proc_1305.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_326_bahia_do_corte_-_operacao_de_melhoria__proc_1307.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_327_cidao_mineiro_-_limpeza_urbana__proc_1309.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2355/indicacao_328_rogelma_mascarenhas_-_conserto_na_rede_de_esgostos__proc_1312.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2356/indicacao_329_cidao_mineiro_-_lombo-faixa_em_frente_a_igreja_santuario__proc_1310.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2357/indicacao_330_maicon_rios_-_recolhimento_de_entulho__proc_1316.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2358/indicacao_331_rogelma_mascarenhas_-_limpeza_e_conserto_das_galerias__proc_1311.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2359/indicacao_332_edinan_salgados_-_placa_de_proibido_estacionar__proc_1319.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2360/indicacao_333_maicon_rios_-_repintura_da_lombada_avenida_araraquara_proc_1308.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2361/indicacao_334_jhon_braga_-_dimunuir_a_mureta_proc_1321.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2362/indicacao_335_maicon_rios_-_retirada_de_arbusto_e_adequacao_de_canaleta_proc_1088.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_336_bruno_ribeiro_-_reparo_de_lampadas_proc_1324.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2364/indicacao_337_jhon_braga_-_lombo-faixa_na_alameda_alberto_jose_proc_1325.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2365/indicacao_338_ademir_-_devida_manutencao_do_daae__proc_1320.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2366/indicacao_339_jhon_braga_-_comdef__proc_1326.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_340_diego_viveiros_-_aulas_de_ballet__proc_1317.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2368/indicacao_341_diego_viveiros_-_implementar_bancos_no_ginasio__proc_1274.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_342_diego_viveiros_-_donatarios_proc_1130.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2402/indicacao_343_bruno_ribeiro_-_passarela_proximo_ao_endereco_avenida_manoel_borba_proc_1322.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2403/indicacao_344__bruno_ribeiro_-_instalacao_de_pontos_de_onibus_proc_1352.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2404/indicacao_345__bruno_ribeiro_-_tapa-buraco_proc_1351.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2405/indicacao_346__maicon_rios_-_pintura_de_lombada_proc_1348.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2406/indicacao_347__andre_da_autoescola_-_reconstrucao_de_calcada_proc_1365.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2407/indicacao_348__jhon_braga_-_fotalecimento_das_comunidades_escolares_proc_1370.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2408/indicacao_349__jhon_braga_-_criacao_de_mais_vagas_de_estacionamento_na_unidade_hospitalar__proc_1371.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_350__jhon_braga_-_readequacao_das_vagas_proc_1373.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2411/indicacao_351__silas_da_sadia_-_adequacoes_estruturais_no_setor_de_vigilancia_em_saude_proc_1369.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_352__silas_da_sadia_-_tapa-buraco_proc_1387.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_353__maicon_rios_-_reparo_do_asfalto_proc_1092.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_354_edson_do_lanche_-_limpeza_das_vias_publicas_proc_1385.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2416/indicacao_355__ademir_dos_santos_-_centro_de_especialidades_medicas_proc_1396.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2494/indicacao_356__edinan_salgados_-_implementar_ventiladores_nas_salas_que_nao_tem_ubs_proc_1392.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2418/indicacao_357__cidao_mineiro_-_pintura_nas_faixas_de_pedestre_na_rua_manoel_borba_proc_1393.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2449/indicacao_358__ademir_dos_santos_-_centro_de_saude_da_mulher_proc_1397.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2420/indicacao_359__andre_da_autoescola_-_descarte_irregular_proc_1400.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2447/indicacao_360_rogelma_mascarenhas_-_pintura_de_muro_proc_1388.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2448/indicacao_361_bahia_do_corte_e_ademir_dos_santos_-_limpeza_de_rua_proc_1413.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2450/indicacao_362_andre_da_autoescola_-_manutencao_no_campo_do_sao_judas_proc_1422.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2451/indicacao_363_cidao_mineiro_-_iluminacao_da_praca_jaime_rocha_proc_1433.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2452/indicacao_364_bruno_ribeiro_-_tapa-buraco_na_rua_grauna_proc_1439.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2453/indicacao_365_silas_da_sadia_-_tapa-buraco_proc_1441.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2454/indicacao_366_bruno_ribeiro_-_tapa-buraco_proc_1440.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2455/indicacao_367_maicon_rios_-_cobertura_praca_paulo_abi_jaudi_1438.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2456/indicacao_368_jhon-braga_-_recapeamentos_recentes_proc_1447.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2457/indicacao_369_jhon-braga_-_unidade_hospitalar_proc_1448.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_370_diego_viveiros_-_desenvolver_campanha__proc_1432.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_371_diego_viveiros_-_construcao_de_galerias_de_aguas_pluviais__proc_1430.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2460/indicacao_372_jhon_braga_-_instalacao_de_videomonitoramento__proc_1451.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2461/indicacao_373_ademir_da_saude_-_acumulo_de_cargos_proc_1449.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2462/indicacao_374_andre_da_autoescola_-_metanol_proc_1415.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2495/indicacao_375_maicon_rios_-__reparo_na_iluminacao_publica_proc_1468.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2496/indicacao_376_silas_da_sadia_-__suprimir_deuas_arvores_proc_1461.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2498/indicacao_378_edson_do_lanche_-__imoveis_abandonados__proc_1479.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_379_rogelma_mascarenhas-__galerias_de_aguas_pluviais.__proc_1560.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2499/indicacao_380_edson_do_lanche_-__tapa_buracos.__proc_1483.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2530/indicacao_381_rogelma_mascarenhas_-_limpeza_da_pista__proc_1484.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_382_andre_da_autoescola_-__priorizacao_de_vagas_de_emprego_proc_1485.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_383_bruno_ribeiro_-__pintura_da_faixa_de_pedestres_proc_1491.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_384_rogelma_mascarenhas-__sinalizacao_e_faixas.__proc_1558.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2502/indicacao_385_andre_da_autoescola_-__tapa-buraco_proc_1502.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2503/indicacao_386_jhon_braga_-__pontos_de_coleta_de_agua._proc_1499.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_387_bruno_ribeiro_-__solicitacao_a_defesa_civil_proc_1493.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_388_cidao_mineiro_-__poste_de_iluminacao__proc_1498.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2506/indicacao_389_cidao_mineiro_-_realizar_calcamento__proc_1497.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2507/indicacao_390_jhon_braga_-__organizacao_no_cronograma._proc_1490.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2508/indicacao_391_diego_viveiros_-__programa_muralha_paulista._proc_1469.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_392_jhon_braga_-__plano_de_contingencia._proc_1510.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_393_silas_da_sadia_-__tapa_buracos.__proc_1516.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_394_bruno_ribeiro_-_pintura_de_faixas_para_motocicletas__proc_1536.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2534/indicacao_395_jhon_braga_-__nivel_de_cloro.__proc_1565.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2535/indicacao_396_jhon_braga_-__revisar_o_sistema_de_dosagem_de_cloro.__proc_1563.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2536/indicacao_397_bruno_ribeiro_-__manutencao_na_rua_maria_madalena_godoy.__proc_1555.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2537/indicacao_398_ademir_dos_santos_-__pre-consulta_no_setor_de_pediatria.__proc_1562.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2538/indicacao_399_andre_da_autoescola_-__operacao_tapa-buraco.__proc_1567.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2539/indicacao_400_maicon_rios_-__lixeira_em_frente_ao_americo_roncalli.__proc_1571.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2540/indicacao_401_maicon_rios_-__retirada_de_entulhos._proc_1572.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_402_edson_do_lanche_-__tapa_buracos.__proc_1585.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_403_edson_do_lanche_-__limpeza_de_bueiros.__proc_1587.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao_404_diego_viveiros_-__instalacao_de_dispositivos_de_seguranca.__proc_1523.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2565/indicacao_405_diego_viveiros_-_aumento_de_captacao_de_aguas_pluviais.__proc_1526.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2566/indicacao_406_bahia_do_corte_-__tapa_buracos.__proc_1604.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_407_bruno_ribeiro_-__placa_de_pare.__proc_1600.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_408_jhon_braga_-__raparo_em_cruzamento__proc_1615.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2569/indicacao_409_cidao_mineiro_-__tapa_buracos.__proc_1612.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_410_ademir_dos_santos_-__ticket.__proc_1613.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2571/indicacao_411_silas_da_sadia_-__proibido_estacionar.__proc_1610.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_412_rogelma_mascarenhas_-__limpeza_a_limpeza_do_recinto_de_eventos_proc_1592_ok.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_413_bruno_ribeiro_-__placa_de_pare.__proc_1601.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2574/indicacao_414_bruno_ribeiro_-__tapa_buracos.__proc_1608.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_415_maicon_rios_-__conselho_municipal__proc_1605.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2576/indicacao_416_rogelma_mascarenhas_-__poda_de_todas_as_arvores_presentes_nas_escolas_proc_1593_ok.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2577/indicacao_417_rogelma_mascarenhas_-__recapeamento_proc_1595_ok.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_418_jhon_braga_-__limpeza_praca_21_de_marco__proc_1611.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_419_rogelma_mascarenhas_-__limpeza_da_praca_dorival_barbieri_proc_1559.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2603/indicacao_420_rogelma_mascarenhas_-_limpeza_e_conserto_das_galerias__proc_1480.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2604/indicacao_421_bruno_ribeiro_-_operacao_tapa_buraco__proc_1644.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_422_cidao_mineiro_-_lombada_e_lombo-faixa_.proc_1646.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_423_ademir_dos_santos_e_bahia_do_corte-_manutencao_de_ar_condicionado_.proc_1647.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_424__andre_da_autoescola-_limpeza_de_terreno_abandonado_.proc_1648.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_425_diego_viveiros-_implantacao_de_sarjetao_.proc_1629.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_426_silas_da_sadia-_conserto_de_calcada_.proc_1631.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_427_silas_da_sadia-_poda_de_arvore_.proc_1632.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_428_andre_da_autoescola-_limpeza_boca_de_lobo_.proc_1636.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_430_rogelma_mascarenhas-_recapeamento_e_limpeza_.proc_1633.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_431_jhon_braga-_rocagem_e_limpeza_cemiterio_.proc_xxxx.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2614/indicacao_432_jhon_braga-_sinalizacao_viaria._proc_xxxx.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_433_jhon_braga-_rocagem_e_limpeza_da_area_verde._proc_xxxx.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1714/mocao_001_-_proc_034.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1716/mocao_003_-_proc_087.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1717/mocao_004_-_proc_141.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1719/mocao_006_-_proc_159.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1720/mocao_007_-_proc_099.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1721/mocao_008_-_proc_023.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1722/mocao_009_-_proc_029.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1723/mocao_010_-_proc_026.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1724/mocao_011_-_proc_148.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1725/mocao_012_-_proc_030.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1726/mocao_013_-_proc_075.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1727/mocao_014_-_proc_025.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1728/mocao_015_-_proc_022.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1730/mocao_016_-_proc_021.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1731/mocao_017_-_proc_024.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1732/mocao_018_-_proc_076.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1733/mocao_019_-_proc_031.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1734/mocao_020_-_proc_194.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1735/mocao_021_-_proc_195.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1779/mocao_022_-_proc_245.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1780/mocao_023_-_proc_239.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1823/mocao_024_diego_pesar_-_irene_moura_de_oliveira-__proc._305_2.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1824/mocao_025_bruno_-_mocao_de_congratulacao_e_aplausos_ao_padre_valdemir_araujo__proc._349.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1825/mocao_026_bruno__-_mocao_de_congratulacao_e_aplausos_ao_sr._sergio_belinelli_willian_marques__proc._351.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1826/mocao_028_edson-_mocao_de_congratulacao_e_aplausos_a_excelentissima_deputada_estadual_thainara_faria.__-_proc_360.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1827/mocao_029_cidao_pesar_-_maria_rozani_marques-__proc._398.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1856/mocao_030_andre_pesar_-_andre_luiz_gomes_de_lima-__proc._408.docx" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1857/mocao_031_andre_pesar_-_aparecido_edson_urbano_-__proc._409.docx" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1858/mocao_032_andre_pesar_-_erivelton_santos_anunciacao_-__proc._418.docx" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1859/mocao_033_edinan_pesar_-_andre_orlando_-__proc._424.docx" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1904/mocao_034_bruno_ribeiro_-_congratulacao_60_anos_-__proc._454.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1905/mocao_035_diego_viveiros_-_congratulacao_premio_excelencia_educacional_-__proc._499.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1906/mocao_036_van_do_gas_-_jose_roberto_ventrilho_-__proc._436.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1907/mocao_037_bahia_do_corte_-_jorge_luis_dos_santos_-__proc._506.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1908/mocao_038_diego_viveiros_-_manoel_pedro_da_silva_-__proc._511.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1909/mocao_no_039_bruno-_sebastiana_de_godoy_cristovam._pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1910/mocao_040_diego_viveiros_-_maria_da_luz_de_lima_grigorio_-__proc._512.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1911/mocao_no_041_rogelma_pesar_sandra_maria_proc_538.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_042_diego_-_maria_estela_spinosa_silva_-__proc._549.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1946/mocao_043_diego_-_afonso_paulo_de_almeida_processo_566_1-.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1947/mocao_044_ademir_-_congratulacao_denilson_lopes_-__proc._571.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1948/mocao_045_andre_da_autoescola_-_congratulacao_evento_grau_e_arte_-__proc._587.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1949/mocao_046_ademir_-_congratulacao_capitao_telhada__-__proc._570.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1950/mocao_047_jhon-_papa_-__proc._602.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1951/mocao_048_cidao_-__lacerda_siqueira_-__proc._604.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1952/mocao_049_bahia_-_airsoft_-__proc._579.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1954/mocao_no_050_proc_659_pesar_diego__jean_carlos.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1955/mocao_no_051_proc_660_pesar_rogelma__minelvina.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/1956/mocao_no_052_proc_661_pesar_van__regina_celia.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2010/mocao_053_cidao_mineiro_-_tiago_dos_santos_brandao_-__proc._692.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2011/mocao_054_edinan_-___congratulacao_e_aplausos_para_o_doutor_ezequiel___-_proc_668.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2012/mocao_055_diego_viveiros_-_edilene_rozendo_da_silva_-__proc._699.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2013/mocao_056_andre_da_autoescola_-___congratulacao__valdeci-_proc_702.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2014/mocao_057_diego_viveiros_-_noemi_de_araujo_abreu_-__proc._713.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2025/mocao_058_diego_viveiros_-_romildo_silverio_-__proc._714.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2026/mocao_059_cidao_-___congratulacao_e_aplausos_para_o_deputado_carlos_zarattini-_proc_718.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2027/mocao_060_cidao_-___congratulacao_e_aplausos_para_o_deputado_arlindo_chinaglia-_proc_717.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_061_cidao_mineiro_-_gustavo_henrique_nunes_fernandes_-__proc._737.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2029/mocao_062_andre_da_autoescola_-_alfredo_machado_-__proc..pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2053/mocao_063_diego_-_maria_jose_da_silva_scarpa_-__proc._749.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2054/mocao_064_bruno_ribeiro_-_maria_americo_francisco_luiz_-__proc._765.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2055/mocao_065_diego_-_marcos_roberto_de_araujo_-__proc._763.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2056/mocao_066_andre_da_autoescola_-_carlos_motta_-__proc._776.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2057/mocao_067_diego_viveiros_-_joao_domingos_santolia_-__proc._774.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2058/mocao_068_edinan_-___congratulacao_para_o_doutor_carlos___-_proc_775.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2059/mocao_069_diego_-_congratulacoes_jomi_-__proc._755.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2060/mocao_070_diego_-_congratulacoes_a_artistas_amerilienses_pela_participacao_relevante_-__proc._745.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2061/mocao_071_diego_-_congratulacoes_a_sra_eloisa_pela_retomada_dos_cursos_no_fundo_social_-__proc._744.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2062/mocao_072_andre_da_autoescola_-_pesar_pedro_gomes-__proc._808.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2108/mocao_073_cidao_mineiro-_devanir_lopes__-_proc_871.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2109/mocao_074_edinan_-_roque_pedro_nascimento_-__proc._823.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2110/mocao_075_edinan_-_ivanir_goncalves_de_azevedo_-__proc._824.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2111/mocao_076_andre_da_autoescola_aline_gibelli_e_a_equipe_mirim_feminina_de_volei_-__proc._811.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2112/mocao_077_andre_da_autoescola_-_carlos_alberto_balbino_-__proc._829.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2113/mocao_078_andre_da_autoescola_-antonia_encarnacao_gomes_figueira_-__proc._856.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2114/mocao_079_rogelma-_mocao_de_congratulacao_e_aplausos_deputado_estadual_valdomiro_lopes__-_proc_855.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2115/mocao_080_andre_da_autoescola_-_neusa_maria_de_barros_em__-__proc._886.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2116/mocao_081_cidao_mineiro_-_enertisna_ferreira_martins__-__proc._891.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2117/mocao_082_silas_da_sadia_-_maria_irene_de_carvalho_pavao__-__proc._896.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2133/mocao_083_maicon_rios_-_jose_benedito_nunes_-__proc._910.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2134/mocao_084_diego_viveiros_-_mocao_de_congratulacoes_dep._jefferson_campos_e_conselheira_tutelar._-__proc._904.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2135/mocao_085_diego_viveiros_-_fabio_baptista_de_oliveira-__proc._946.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2136/mocao_086_-_diego_viveiros_-_pesar_senhor_joao_morandini_0001.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2137/mocao_087_-_cidao_mineiro_-_pesar_senhor_roque_carneiro_de_oliveira_dr._raiz_0001.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2138/mocao_088_-_diego_viveiros_-_pesar_senhora_adelia_mastrangelo_pedroso_0001.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2139/mocao_089_diego_viveiros_-_gleiciane_da_silva_rodrigues_-__proc._955.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2140/mocao_090_diego_viveiros_-_jose_carlos_de_oliveira_-__proc._958.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2141/mocao_091_cidao_mineiro_-_pedagio._-__proc._892.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2142/mocao_092_-_edinan_salgados-_congratulacao_a_tatiana_soares_dos_santos_0001.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2143/mocao_093_andre_da_autoescola_-_aparecida_benta_-__proc._971.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2144/mocao_094_diego_viveiros_-_jose_luiz_parella_-__proc._966.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2145/mocao_095_edinan_salgados_-_mocao_de_congratulacoes_a_atleta_julia_isabel_de_lima_-__proc._968.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2146/mocao_096_andre_da_autoescola_-_mocao_de_congratulacao_ao_excelentissimo_senhor_deputado_estadual_rafa_zimbaldi.__-__proc._973.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2147/mocao_097_-_ademir-__fundo_social_0001.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2148/mocao_098_bruno_-_mocao_de_congratulacao_ao_excelentissimo_senhor_deputado_estadual_rogerio_santos.-__proc._980.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2149/mocao_099_diego_viveiros_-_angelina_da_silva_pereira_-__proc._971.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2198/mocao_100_diego_viveiros_-_nelson_macatelli_-__proc._999.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2199/mocao_101_diego_viveiros_-_elsa_gouvea_generoso_joaquim_-__proc._1008.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2200/mocao_102_diego_viveiros_-_jose_aparecido_dias_-__proc._1007.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2201/mocao_103_diego_viveiros_-joao_batista_de_oliveira-__proc._1017.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2202/mocao_104_maicon_rios_-_mocao_de_congratulacao_a_equipe_de_natacao_de_americo_brasiliense_-__proc._1011.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2203/mocao_105_maicon_rios_-_mocao_de_congratulacao_aos_profissionais_do_hospital_doutor_jose_nigro_neto_-_proc._1023.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2204/mocao_106_bruno_ribeiro_-_mocao_de_congratulacao_ao_departamento_de_transportes_e_transito__-__proc._1003.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2205/mocao_107_ademir_dos_santos_-_mocao_de_congratulacao_as_ser-vidoras_municipais_luzia_apare-cida_pelegrine_boenno_e_luciana_lopes_hilario-__pr.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2206/mocao_108_jhon_braga_-_mocao_de_congratulacao_aos_moradores_do_bairro_planalto-__proc._1028.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2207/mocao_109_jhon_braga_-_mocao_de_congratulacao_aos_departamentos_da_prefeitura_-__proc._1031.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2208/mocao_110_jhon_braga_-_mocao_de_congratulacao_ao_setor_privado_-__proc._1030.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2209/mocao_112_bruno_ribeiro_-_mocao_de_congratulacao_ao_deputado_federal_ribamar_silva.___-__proc._1036.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2210/mocao_113_rogelma_mascarenhas_-_mocao_de_pesar_ao_senhor_celino_paulo_de_almeida___-__proc._1047.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2226/mocao_114_maicon_rios_-_mocao_de_apoio_pelo_fim_do_confisco_de_aposentados_e_pensionistas_-__proc._1068.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2227/mocao_115_diego_viveiros_-_marcia_helena_sanchez_-__proc._1081.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2228/mocao_116_andre_da_autoescola_-_paschoaliana_aparecida_-__proc._1080.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2229/mocao_117_rogelma_-_mocao_de_congratulacao_a_delegacao_de_futebol_de_americo_brasiliense_sub_-_20_-__proc._1084.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2230/mocao_118_andre_da_autoescola_-_maria_carolina_-__proc._1091.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2231/mocao_119_andre_da_autoescola_-_joao_jose_figueira_-__proc._1096.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2232/mocao_120_andre_da_autoescola_-_mocao_de_congratulacoes_e_aplausos_a_equipe_de_futsal_feminina_de_americo_brasiliense_-__proc._1054.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2233/mocao_121_ademir__-_mocao_de_congratulacao_a_servidora_publica___proc._1122.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2234/mocao_122_andre_da_autoescola_-_joao_augusto_charaba_-__proc._1128.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2279/mocao_123_diego_viveiros_-_jose_marcelino_bueno_-__proc._1146.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2280/mocao_124_edinan_salgados_-_mocao_de_congratulacao_a_equi-pe_juventude_campea_da_copa_americo_de_futebol__serie_ouro_-__proc._1158.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2281/mocao_125_edinan_salgados_-_mocao_de_congratulacao_a_equi-pe_vila_fundao_campea_da_copa_americo_de_futebol__serie_prata__serie_ouro_-__proc._1157.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2282/mocao_126_cidao_mineiro_-_lucio_aparecidos_domingos_fernandes_-__proc._1160.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2283/mocao_127_diego_viveiros_-_iva_tessitore_-__proc._1178.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2325/mocao_128_edson_do_lanche__-_mocao_de_congratulacao_a_servidora_daniele_proc._1181.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2284/mocao_129_diego_viveiros_-_aos_profissionais_da_saude_da_re-de_publica_municipal__-__proc._1171.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2285/mocao_130_andre_da_autoescola_-_lineu_bombo_-__proc._1215.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2326/mocao_131_rogelma_mascarenhas__-_pesar_lazaro_aparecido_de_freitas_proc._1226.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2327/mocao_132_diego_viveiros__-_pesar_jaime_ginato_proc._1255.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2328/mocao_133_cidao_mineiro__-_pesar_maria_conceicao_fernandes_da_costa_proc._1253.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2329/mocao_134_cidao_mineiro__-_pesar_jesse_cosmo_do_nascimento_proc._1254.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2330/mocao_135_van_do_gas__-_pesar_maria_de_lima_batista_proc._1264.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2381/mocao_136_andre_da_autoescola__-_jose_barbosa_proc._1272.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2382/mocao_137_cidao_mineiro__-_mocao_de_congratulacao_a_deputada_estadual_marcia_lia._proc.1246.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2383/mocao_138_bruno_ribeiro_e_diego_viveiros__-_mocao_de_congratulacao_a_comunidade_escolar_virgilio_gomes._proc.1323.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2384/mocao_139_diego_viveiros_e_maicon_rios_-_mocao_de_congratulacao_a_academia_mundo_da_danca._proc.1295.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2385/mocao_140_silas_da_sadia__-_mocao_de_congratulacao_ao_sr_carlos_alberto_pereira._proc.1334.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2386/mocao_141_maicon_rios__-_mocao_de_repudio_ao_episodio_no_vestiario_masculino_da_piscina_municipal._proc.1338.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2387/mocao_142_134_bruno_ribeiro__-_pesar_iraci_trenrim_proc._1276.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2388/mocao_143_diego_viveiros__-_pesar_olavio_silva_carneiro_proc._1275.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_144_bahia_do_corte_e_ademir_dos_santos_-_vice-prefeito_proc._1354.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2426/mocao_145_bahia_do_corte_e_ademir_dos_santos_-_comandos_airsoft_proc._1353.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2427/mocao_146_maicon_rios__-_conceicao_ap._c._telles_de_souza_proc._1355.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2428/mocao_147_maicon_rios__-_congratulacao_ao_projeto_de_saude_bucal_proc._1332.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2429/mocao_148_andre_da_autoescola__-_congratulacao_ao_americano_futebol_clube_proc._1349.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2430/mocao_149_diego_viveiros__-pesar_marcelo_luis_tidei__proc._1362.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2431/mocao_150_diego_viveiros__-pesar_baltazar_jose_laurindo_proc._1367.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2432/mocao_151_andre_da_autoescola_e_jhon_braga__-_congratulacoes_a_1_corrida_solidaria_belinelli_proc._1356.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2433/mocao_152_diego_viveiros__-pesar_jose_rubens_dos_santos__proc._1379.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2434/mocao_153_diego_viveiros__-pesar_airton_garcia_ferreira__proc._1380.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2435/mocao_154_diego_viveiros__-pesar_eliza_redondo_ferreira_proc._1381.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2436/mocao_155_bruno_ribeiro_-_congratulacoes_ao_professor_cleber_rodrigo_proc._1382.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2437/mocao_156_ademir_dos_santos__-pesar_edmundo_candindo_de_miranda_proc._1398.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2438/mocao_157_jhon_braga__-_mocao_de_congratulacoes__proc._1395.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2470/mocao_158_andre_da_autoescola__-_congratulacao_a_igreja_chama_viva_proc._1391.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2439/mocao_159_ademir_dos_santos__-_mocao_de_congratulacoes_agentes_de_endemias__proc._1399.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2440/mocao_160__maicon_rios_e_jhon_braga_-_mocao_de_congratulacoes_a_equipe_de_natacao__proc._1384.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2441/mocao_161_maicon_rios-_congratulacao_1_circuito_de_saude_da_mulher_proc._1403.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2471/mocao_162_bruno_ribeiro__-_congratulacao_aos_servidores_das_ubss_proc._1410.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2472/mocao_163_diego_viveiros__-_pesar_wilson_moreira_neves_proc._1424.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2473/mocao_164_diego_viveiros__-_pesar_ismael_de_brito_jeronimo_proc._1431.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2474/mocao_165_bruno_ribeiro__-_congratulacoes_professores_proc._1436.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2475/mocao_166_silas_da_sadia__-_congratulacoes__igor_henrique_ribeiro_proc._1434.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2476/mocao_167_silas_da_sadia_-_congratulacoes_ao_deputado_federal_joao_cury_neto_proc._1442.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2477/mocao_168_silas_da_sadia_-_congratulacoes_ao_deputado_estadual_rafael_fernando_zimbaldi_proc._1443.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2478/mocao_169_diego_viveiros_-_congratulacoes_a_usina_santa_cruz_proc._1293.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2479/mocao_170_maicon_rios_e_silas_da_sadia_-_congratulacoes_a_servidora_ana_paula_rodrigues_proc._1457.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2480/mocao_171_diego_viveiros__-_pesar_odilia_drape_trevisolli_proc._1459.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2481/mocao_172_maicon_rios_-_congratulacao_a_escola_estadual_dinora_proc._1462.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2510/mocao_173_bruno_ribeiro__-_congratulacoes_aos_funcionarios_publicos__proc._1467.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2550/mocao_174_rogelma_mascarenhas-_mocao_de_congratulacoes_ao_fundo_social_proc._1482.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2511/mocao_175_bruno_ribeiro_-_congratulacoes_aos_atletas_de_karate_proc._1476.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2512/mocao_176_andre_da_autoescola_-_congratulacoes_ao_deputado_federal_baleia_rossi_proc._1478.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2513/mocao_177_maicon_rios_-_congratulacoes_a_equipe_de_natacao_proc._1489.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2616/mocao_178_diego_viveiros_-_congratulacoes_ao_escritor_antonio_jose_laurindo_proc._1465.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2514/mocao_179_edinan_salgados_-_congratulacoes_a_todos_os_karatekas_proc._1488.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2515/mocao_180_ademir_dos_santos_-_congratulacoes_a_patricia_lafuria_proc._1508.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2551/mocao_181_jhon_braga_-_implantacao_das_aulas_voluntarias_de_hapkido_proc._1527.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2552/mocao_182_andre_da_autoescola_-_jorge_ribeiro_dos_santos_-__proc._1533.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2553/mocao_184_andre_da_autoescola_-pesar_rogerio_de_almeida_-__proc._1551.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2554/mocao_185__cidao_mineiro_-_pesar_maria_de_lourdes_de_paula_-__proc._1548.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2555/mocao_186_maicon_rios_-_congratulacoes_aos_14_festival_de_capoeira_proc._1550.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2556/mocao_187_cidao_mineiro_-_congratulacoes_a_equipe_de_volei_mirim_proc._1549.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2557/mocao_188_maicon_rios_-_congratulacoes_a_companhia_tamareira_proc._1552.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2558/mocao_189_maicon_rios_-_congratulacoes_ao_espaco_aya_proc._1553.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2559/mocao_190_silas_da_sadia-_mocao_de_repudio_proc._1556.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2560/mocao_191_bruno_ribeiro_-_pesar_jose_peres_rodrigues_-__proc._1578.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2561/mocao_192_rogelma_mascarenhas_-_pesar_vitor_emanuel_-__proc._1579.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2579/mocao_193_diego_viveiros_-_pesar_lucimeire_de_oliveira_borges_-__proc._1589.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2580/mocao_194_bruno_ribeiro_-_congratulacoes_ao_atleta_fernando_oliveira_batista_proc._15861.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2581/mocao_197_maicon_rios_-_congratulacoes_aos_atletas_copa_sao_paulo_de_natacao_proc._1599.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2582/mocao_198_diego_viveiros_-_pesar__maria_jose_esteves_andrigueto-__proc._1535.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2583/mocao_199_diego_viveiros_-_pesar_francisco_alves_da_costa_-__proc._1621.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2584/mocao_200_diego_viveiros_-_pesar_mauricio_donizete_martins_-__proc._1622.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2585/mocao_201_diego_viveiros_-_pesar_gilberto_risolino_sebastiao_-__proc._xxx1.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2617/mocao_202_cidao_mineiro_-_congratulacoes_ao_deputado_federal_carlos_zarattini_proc._1645.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2618/mocao_203_edson_-_mocao_de_congratulacao_a_companhia_de_teatro_expressarte._proc.1639.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2619/mocao_204_andre_da_autoescola__-_congratulacao_a_decoracao_natalina_proc._1649.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2620/mocao_205_andre_da_autoescola__-_congratulacao_ao_jornal_mete_o_pau_proc._1638.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2621/mocao_206_silas_da_sadia__-_congratulacoes_ao_dr._ezequiel_e_tatiana_da_saude_proc._1654.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2622/mocao_207_van_do_gas__-_pesar_antonia_cristina_proc._xxx.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2623/mocao_208_cidao_mineiro-_pesar_cristina_antunes_proc._xxx.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2400/emenda_01_aditiva_01_ao_pl_053-2025.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2396/parecer_votacao.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.americobrasiliense.sp.leg.br/media/sapl/public/materialegislativa/2025/2397/parecer_votacao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H956"/>
+  <dimension ref="A1:H971"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="225.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="229.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -12442,22910 +12583,23300 @@
       </c>
       <c r="H75" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>285</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>286</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
         <v>55</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>146</v>
+        <v>287</v>
       </c>
       <c r="H76" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
         <v>55</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>146</v>
+        <v>291</v>
       </c>
       <c r="H77" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
         <v>55</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="H78" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H79" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>18</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="H80" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
         <v>18</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H81" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
         <v>18</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="H82" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
         <v>18</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H83" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>168</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H84" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>10</v>
+        <v>321</v>
       </c>
       <c r="D85" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>320</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>18</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H85" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>17</v>
+        <v>325</v>
       </c>
       <c r="D86" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>320</v>
+        <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>324</v>
+        <v>18</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H86" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="D87" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>320</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>324</v>
+        <v>18</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H87" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>25</v>
+        <v>333</v>
       </c>
       <c r="D88" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>320</v>
+        <v>12</v>
       </c>
       <c r="F88" t="s">
         <v>18</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="H88" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="E89" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="F89" t="s">
         <v>18</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="H89" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D90" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="E90" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="F90" t="s">
-        <v>18</v>
+        <v>342</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="H90" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="D91" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="E91" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="F91" t="s">
-        <v>18</v>
+        <v>342</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="H91" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D92" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="E92" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="F92" t="s">
-        <v>324</v>
+        <v>18</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="H92" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D93" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="E93" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="F93" t="s">
         <v>18</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="H93" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="D94" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="E94" t="s">
-        <v>320</v>
+        <v>338</v>
+      </c>
+      <c r="F94" t="s">
+        <v>18</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="H94" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="D95" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="E95" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="F95" t="s">
-        <v>324</v>
+        <v>18</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="H95" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D96" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="E96" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="F96" t="s">
-        <v>324</v>
+        <v>342</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="H96" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="D97" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="E97" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="F97" t="s">
-        <v>360</v>
+        <v>18</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H97" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="D98" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="E98" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>338</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="H98" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="D99" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="E99" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="F99" t="s">
-        <v>324</v>
+        <v>18</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="H99" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="D100" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="E100" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="F100" t="s">
-        <v>324</v>
+        <v>18</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="H100" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>352</v>
+        <v>375</v>
       </c>
       <c r="E101" t="s">
-        <v>353</v>
+        <v>376</v>
       </c>
       <c r="F101" t="s">
-        <v>373</v>
+        <v>342</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H101" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>379</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>17</v>
+      </c>
+      <c r="D102" t="s">
+        <v>375</v>
+      </c>
+      <c r="E102" t="s">
         <v>376</v>
       </c>
-      <c r="B102" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F102" t="s">
-        <v>379</v>
+        <v>342</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>380</v>
       </c>
       <c r="H102" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>382</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D103" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="E103" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="F103" t="s">
         <v>383</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H103" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>386</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D104" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="E104" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="F104" t="s">
+        <v>342</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="G104" s="1" t="s">
+      <c r="H104" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>389</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>28</v>
+      </c>
+      <c r="D105" t="s">
+        <v>375</v>
+      </c>
+      <c r="E105" t="s">
+        <v>376</v>
+      </c>
+      <c r="F105" t="s">
+        <v>342</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="B105" t="s">
-[...14 lines deleted...]
-      <c r="G105" s="1" t="s">
+      <c r="H105" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>392</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>31</v>
+      </c>
+      <c r="D106" t="s">
+        <v>375</v>
+      </c>
+      <c r="E106" t="s">
+        <v>376</v>
+      </c>
+      <c r="F106" t="s">
+        <v>342</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>393</v>
-      </c>
-[...16 lines deleted...]
-        <v>146</v>
       </c>
       <c r="H106" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>395</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D107" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="E107" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="F107" t="s">
         <v>396</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>397</v>
       </c>
       <c r="H107" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>399</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D108" t="s">
-        <v>377</v>
+        <v>400</v>
       </c>
       <c r="E108" t="s">
-        <v>378</v>
+        <v>401</v>
       </c>
       <c r="F108" t="s">
-        <v>273</v>
+        <v>402</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="H108" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D109" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="E109" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="F109" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H109" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D110" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="E110" t="s">
+        <v>401</v>
+      </c>
+      <c r="F110" t="s">
+        <v>177</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="F110" t="s">
-[...2 lines deleted...]
-      <c r="G110" s="1" t="s">
+      <c r="H110" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>412</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>28</v>
+      </c>
+      <c r="D111" t="s">
+        <v>400</v>
+      </c>
+      <c r="E111" t="s">
+        <v>401</v>
+      </c>
+      <c r="F111" t="s">
         <v>413</v>
-      </c>
-[...13 lines deleted...]
-        <v>324</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H111" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>416</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="D112" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="E112" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="F112" t="s">
-        <v>324</v>
+        <v>413</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>417</v>
       </c>
       <c r="H112" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>419</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="D113" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="E113" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="F113" t="s">
-        <v>273</v>
+        <v>168</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>420</v>
       </c>
       <c r="H113" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>422</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D114" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="E114" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="F114" t="s">
         <v>423</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>424</v>
       </c>
       <c r="H114" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>426</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="D115" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="E115" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="F115" t="s">
-        <v>423</v>
+        <v>273</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>427</v>
       </c>
       <c r="H115" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>429</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="D116" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="E116" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="F116" t="s">
         <v>430</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>431</v>
       </c>
       <c r="H116" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>433</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D117" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="E117" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="F117" t="s">
-        <v>430</v>
+        <v>273</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>434</v>
       </c>
       <c r="H117" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>436</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="D118" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="E118" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="F118" t="s">
+        <v>273</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="G118" s="1" t="s">
+      <c r="H118" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>439</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>54</v>
+      </c>
+      <c r="D119" t="s">
+        <v>400</v>
+      </c>
+      <c r="E119" t="s">
+        <v>401</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="B119" t="s">
-[...14 lines deleted...]
-      <c r="G119" s="1" t="s">
+      <c r="H119" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>442</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>59</v>
+      </c>
+      <c r="D120" t="s">
+        <v>400</v>
+      </c>
+      <c r="E120" t="s">
+        <v>401</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="B120" t="s">
-[...14 lines deleted...]
-      <c r="G120" s="1" t="s">
+      <c r="H120" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>445</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>63</v>
+      </c>
+      <c r="D121" t="s">
+        <v>400</v>
+      </c>
+      <c r="E121" t="s">
+        <v>401</v>
+      </c>
+      <c r="F121" t="s">
+        <v>273</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="B121" t="s">
-[...5 lines deleted...]
-      <c r="D121" t="s">
+      <c r="H121" t="s">
         <v>447</v>
-      </c>
-[...10 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="D122" t="s">
-        <v>447</v>
+        <v>400</v>
       </c>
       <c r="E122" t="s">
-        <v>448</v>
+        <v>401</v>
       </c>
       <c r="F122" t="s">
+        <v>396</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="G122" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H122" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>10</v>
       </c>
       <c r="D123" t="s">
+        <v>452</v>
+      </c>
+      <c r="E123" t="s">
+        <v>453</v>
+      </c>
+      <c r="F123" t="s">
+        <v>454</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="H123" t="s">
         <v>456</v>
-      </c>
-[...10 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>457</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>10</v>
+      </c>
+      <c r="D124" t="s">
+        <v>458</v>
+      </c>
+      <c r="E124" t="s">
+        <v>459</v>
+      </c>
+      <c r="F124" t="s">
+        <v>342</v>
+      </c>
+      <c r="G124" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="B124" t="s">
-[...14 lines deleted...]
-      <c r="G124" s="1" t="s">
+      <c r="H124" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>462</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>17</v>
+      </c>
+      <c r="D125" t="s">
+        <v>458</v>
+      </c>
+      <c r="E125" t="s">
+        <v>459</v>
+      </c>
+      <c r="F125" t="s">
+        <v>342</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="B125" t="s">
-[...14 lines deleted...]
-      <c r="G125" s="1" t="s">
+      <c r="H125" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>465</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>22</v>
+      </c>
+      <c r="D126" t="s">
+        <v>458</v>
+      </c>
+      <c r="E126" t="s">
+        <v>459</v>
+      </c>
+      <c r="F126" t="s">
+        <v>342</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="B126" t="s">
-[...11 lines deleted...]
-      <c r="F126" t="s">
+      <c r="H126" t="s">
         <v>467</v>
-      </c>
-[...4 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>468</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>25</v>
+      </c>
+      <c r="D127" t="s">
+        <v>458</v>
+      </c>
+      <c r="E127" t="s">
+        <v>459</v>
+      </c>
+      <c r="F127" t="s">
+        <v>273</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H127" t="s">
         <v>470</v>
-      </c>
-[...19 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>471</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>28</v>
+      </c>
+      <c r="D128" t="s">
+        <v>458</v>
+      </c>
+      <c r="E128" t="s">
+        <v>459</v>
+      </c>
+      <c r="F128" t="s">
+        <v>472</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="H128" t="s">
         <v>474</v>
-      </c>
-[...19 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>475</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>31</v>
+      </c>
+      <c r="D129" t="s">
+        <v>458</v>
+      </c>
+      <c r="E129" t="s">
+        <v>459</v>
+      </c>
+      <c r="F129" t="s">
+        <v>472</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H129" t="s">
         <v>477</v>
-      </c>
-[...19 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>478</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>34</v>
+      </c>
+      <c r="D130" t="s">
+        <v>458</v>
+      </c>
+      <c r="E130" t="s">
+        <v>459</v>
+      </c>
+      <c r="F130" t="s">
+        <v>479</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="H130" t="s">
         <v>481</v>
-      </c>
-[...19 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>482</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>37</v>
+      </c>
+      <c r="D131" t="s">
+        <v>458</v>
+      </c>
+      <c r="E131" t="s">
+        <v>459</v>
+      </c>
+      <c r="F131" t="s">
+        <v>479</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="H131" t="s">
         <v>484</v>
-      </c>
-[...19 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>485</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>40</v>
+      </c>
+      <c r="D132" t="s">
+        <v>458</v>
+      </c>
+      <c r="E132" t="s">
+        <v>459</v>
+      </c>
+      <c r="F132" t="s">
         <v>486</v>
       </c>
-      <c r="B132" t="s">
-[...11 lines deleted...]
-      <c r="F132" t="s">
+      <c r="G132" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="G132" s="1" t="s">
+      <c r="H132" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>489</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>43</v>
+      </c>
+      <c r="D133" t="s">
+        <v>458</v>
+      </c>
+      <c r="E133" t="s">
+        <v>459</v>
+      </c>
+      <c r="F133" t="s">
+        <v>273</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="B133" t="s">
-[...14 lines deleted...]
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>492</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>46</v>
+      </c>
+      <c r="D134" t="s">
+        <v>458</v>
+      </c>
+      <c r="E134" t="s">
+        <v>459</v>
+      </c>
+      <c r="F134" t="s">
+        <v>273</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="B134" t="s">
-[...14 lines deleted...]
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>495</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>10</v>
+      </c>
+      <c r="D135" t="s">
         <v>496</v>
       </c>
-      <c r="B135" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E135" t="s">
-        <v>457</v>
+        <v>497</v>
       </c>
       <c r="F135" t="s">
-        <v>168</v>
+        <v>498</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="H135" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="D136" t="s">
-        <v>456</v>
+        <v>496</v>
       </c>
       <c r="E136" t="s">
-        <v>457</v>
+        <v>497</v>
       </c>
       <c r="F136" t="s">
-        <v>373</v>
+        <v>498</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H136" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="D137" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E137" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F137" t="s">
-        <v>503</v>
+        <v>168</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="H137" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>509</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>17</v>
+      </c>
+      <c r="D138" t="s">
+        <v>505</v>
+      </c>
+      <c r="E138" t="s">
         <v>506</v>
       </c>
-      <c r="B138" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F138" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="H138" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="D139" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E139" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F139" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="H139" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="D140" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E140" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F140" t="s">
-        <v>55</v>
+        <v>516</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="H140" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="D141" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E141" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F141" t="s">
-        <v>55</v>
+        <v>520</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="H141" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="D142" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E142" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F142" t="s">
-        <v>282</v>
+        <v>13</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="H142" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="D143" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E143" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F143" t="s">
-        <v>282</v>
+        <v>527</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="H143" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>91</v>
+        <v>37</v>
       </c>
       <c r="D144" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E144" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F144" t="s">
-        <v>282</v>
+        <v>527</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="H144" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>95</v>
+        <v>40</v>
       </c>
       <c r="D145" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E145" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F145" t="s">
-        <v>177</v>
+        <v>273</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>528</v>
+        <v>420</v>
       </c>
       <c r="H145" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>98</v>
+        <v>43</v>
       </c>
       <c r="D146" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E146" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F146" t="s">
-        <v>177</v>
+        <v>536</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="H146" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D147" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E147" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F147" t="s">
         <v>177</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="H147" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
       <c r="D148" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E148" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F148" t="s">
-        <v>373</v>
+        <v>177</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="H148" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="D149" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E149" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F149" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="H149" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>113</v>
+        <v>59</v>
       </c>
       <c r="D150" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E150" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F150" t="s">
-        <v>177</v>
+        <v>396</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="H150" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>117</v>
+        <v>66</v>
       </c>
       <c r="D151" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E151" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F151" t="s">
-        <v>177</v>
+        <v>552</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="H151" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="D152" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E152" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F152" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="H152" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="D153" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E153" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F153" t="s">
         <v>55</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="H153" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>134</v>
+        <v>78</v>
       </c>
       <c r="D154" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E154" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F154" t="s">
-        <v>238</v>
+        <v>55</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="H154" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>138</v>
+        <v>81</v>
       </c>
       <c r="D155" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E155" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F155" t="s">
-        <v>478</v>
+        <v>55</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="H155" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>141</v>
+        <v>85</v>
       </c>
       <c r="D156" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E156" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F156" t="s">
-        <v>478</v>
+        <v>282</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="H156" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>145</v>
+        <v>88</v>
       </c>
       <c r="D157" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E157" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F157" t="s">
-        <v>238</v>
+        <v>282</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="H157" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>148</v>
+        <v>91</v>
       </c>
       <c r="D158" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E158" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F158" t="s">
-        <v>55</v>
+        <v>282</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="H158" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="D159" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E159" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F159" t="s">
         <v>177</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="H159" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>155</v>
+        <v>98</v>
       </c>
       <c r="D160" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E160" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F160" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="H160" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>159</v>
+        <v>102</v>
       </c>
       <c r="D161" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E161" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F161" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="H161" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>163</v>
+        <v>105</v>
       </c>
       <c r="D162" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E162" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F162" t="s">
-        <v>238</v>
+        <v>396</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="H162" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>167</v>
+        <v>109</v>
       </c>
       <c r="D163" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E163" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F163" t="s">
         <v>177</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="H163" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="D164" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E164" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F164" t="s">
-        <v>273</v>
+        <v>177</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="H164" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>176</v>
+        <v>117</v>
       </c>
       <c r="D165" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E165" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F165" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="H165" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>181</v>
+        <v>123</v>
       </c>
       <c r="D166" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E166" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F166" t="s">
-        <v>373</v>
+        <v>55</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="H166" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>185</v>
+        <v>126</v>
       </c>
       <c r="D167" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E167" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F167" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="H167" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>188</v>
+        <v>134</v>
       </c>
       <c r="D168" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E168" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F168" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="H168" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>192</v>
+        <v>138</v>
       </c>
       <c r="D169" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E169" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F169" t="s">
-        <v>177</v>
+        <v>527</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="H169" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>196</v>
+        <v>141</v>
       </c>
       <c r="D170" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E170" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F170" t="s">
-        <v>177</v>
+        <v>527</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="H170" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>200</v>
+        <v>145</v>
       </c>
       <c r="D171" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E171" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F171" t="s">
-        <v>478</v>
+        <v>238</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="H171" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>204</v>
+        <v>148</v>
       </c>
       <c r="D172" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E172" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F172" t="s">
         <v>55</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="H172" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>208</v>
+        <v>152</v>
       </c>
       <c r="D173" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E173" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F173" t="s">
-        <v>612</v>
+        <v>177</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="H173" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>212</v>
+        <v>155</v>
       </c>
       <c r="D174" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E174" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F174" t="s">
         <v>55</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="H174" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>215</v>
+        <v>159</v>
       </c>
       <c r="D175" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E175" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F175" t="s">
         <v>55</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="H175" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>218</v>
+        <v>163</v>
       </c>
       <c r="D176" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E176" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F176" t="s">
-        <v>503</v>
+        <v>238</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="H176" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>222</v>
+        <v>167</v>
       </c>
       <c r="D177" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E177" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F177" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="H177" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>225</v>
+        <v>172</v>
       </c>
       <c r="D178" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E178" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F178" t="s">
-        <v>612</v>
+        <v>273</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="H178" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>229</v>
+        <v>176</v>
       </c>
       <c r="D179" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E179" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F179" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="H179" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>233</v>
+        <v>181</v>
       </c>
       <c r="D180" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E180" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F180" t="s">
-        <v>168</v>
+        <v>396</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="H180" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>237</v>
+        <v>185</v>
       </c>
       <c r="D181" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E181" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F181" t="s">
         <v>168</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="H181" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>242</v>
+        <v>188</v>
       </c>
       <c r="D182" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E182" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F182" t="s">
         <v>168</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="H182" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="D183" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E183" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F183" t="s">
-        <v>282</v>
+        <v>177</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="H183" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>248</v>
+        <v>196</v>
       </c>
       <c r="D184" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E184" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F184" t="s">
-        <v>478</v>
+        <v>177</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="H184" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>251</v>
+        <v>200</v>
       </c>
       <c r="D185" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E185" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F185" t="s">
-        <v>55</v>
+        <v>527</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="H185" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>254</v>
+        <v>204</v>
       </c>
       <c r="D186" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E186" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F186" t="s">
         <v>55</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="H186" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>258</v>
+        <v>208</v>
       </c>
       <c r="D187" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E187" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F187" t="s">
-        <v>55</v>
+        <v>661</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="H187" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>261</v>
+        <v>212</v>
       </c>
       <c r="D188" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E188" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F188" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="H188" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>265</v>
+        <v>215</v>
       </c>
       <c r="D189" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E189" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F189" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="H189" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>664</v>
+        <v>218</v>
       </c>
       <c r="D190" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E190" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F190" t="s">
-        <v>177</v>
+        <v>552</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="H190" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>268</v>
+        <v>222</v>
       </c>
       <c r="D191" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E191" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F191" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="H191" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>671</v>
+        <v>225</v>
       </c>
       <c r="D192" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E192" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F192" t="s">
-        <v>238</v>
+        <v>661</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="H192" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>272</v>
+        <v>229</v>
       </c>
       <c r="D193" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E193" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F193" t="s">
-        <v>238</v>
+        <v>661</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="H193" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>277</v>
+        <v>233</v>
       </c>
       <c r="D194" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E194" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F194" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="H194" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>281</v>
+        <v>237</v>
       </c>
       <c r="D195" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E195" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F195" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H195" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>684</v>
+        <v>242</v>
       </c>
       <c r="D196" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E196" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F196" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="H196" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>688</v>
+        <v>245</v>
       </c>
       <c r="D197" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E197" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F197" t="s">
-        <v>177</v>
+        <v>282</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="H197" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>286</v>
+        <v>248</v>
       </c>
       <c r="D198" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E198" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F198" t="s">
-        <v>177</v>
+        <v>527</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="H198" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>289</v>
+        <v>251</v>
       </c>
       <c r="D199" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E199" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F199" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="H199" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>292</v>
+        <v>254</v>
       </c>
       <c r="D200" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E200" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F200" t="s">
-        <v>282</v>
+        <v>55</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="H200" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>296</v>
+        <v>258</v>
       </c>
       <c r="D201" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E201" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F201" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="H201" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>301</v>
+        <v>261</v>
       </c>
       <c r="D202" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E202" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F202" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="H202" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>304</v>
+        <v>265</v>
       </c>
       <c r="D203" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E203" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F203" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="H203" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>308</v>
+        <v>713</v>
       </c>
       <c r="D204" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E204" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F204" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="H204" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>312</v>
+        <v>268</v>
       </c>
       <c r="D205" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E205" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F205" t="s">
         <v>55</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="H205" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>315</v>
+        <v>720</v>
       </c>
       <c r="D206" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E206" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F206" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="H206" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>719</v>
+        <v>272</v>
       </c>
       <c r="D207" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E207" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F207" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="H207" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>723</v>
+        <v>277</v>
       </c>
       <c r="D208" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E208" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F208" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="H208" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>727</v>
+        <v>281</v>
       </c>
       <c r="D209" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E209" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F209" t="s">
         <v>238</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="H209" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="D210" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E210" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F210" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="H210" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D211" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E211" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F211" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="H211" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>739</v>
+        <v>286</v>
       </c>
       <c r="D212" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E212" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F212" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="H212" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>743</v>
+        <v>290</v>
       </c>
       <c r="D213" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E213" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F213" t="s">
+        <v>168</v>
+      </c>
+      <c r="G213" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="G213" s="1" t="s">
+      <c r="H213" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>746</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>294</v>
+      </c>
+      <c r="D214" t="s">
+        <v>505</v>
+      </c>
+      <c r="E214" t="s">
+        <v>506</v>
+      </c>
+      <c r="F214" t="s">
+        <v>282</v>
+      </c>
+      <c r="G214" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="B214" t="s">
-[...2 lines deleted...]
-      <c r="C214" t="s">
+      <c r="H214" t="s">
         <v>748</v>
-      </c>
-[...13 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>749</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>298</v>
+      </c>
+      <c r="D215" t="s">
+        <v>505</v>
+      </c>
+      <c r="E215" t="s">
+        <v>506</v>
+      </c>
+      <c r="F215" t="s">
+        <v>168</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="H215" t="s">
         <v>751</v>
-      </c>
-[...19 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>756</v>
+        <v>303</v>
       </c>
       <c r="D216" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E216" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F216" t="s">
-        <v>282</v>
+        <v>55</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="H216" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>760</v>
+        <v>306</v>
       </c>
       <c r="D217" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E217" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F217" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="H217" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>764</v>
+        <v>310</v>
       </c>
       <c r="D218" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E218" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F218" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>765</v>
+        <v>759</v>
       </c>
       <c r="H218" t="s">
-        <v>766</v>
+        <v>760</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>767</v>
+        <v>761</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>768</v>
+        <v>314</v>
       </c>
       <c r="D219" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E219" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F219" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="H219" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>772</v>
+        <v>317</v>
       </c>
       <c r="D220" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E220" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F220" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>773</v>
+        <v>765</v>
       </c>
       <c r="H220" t="s">
-        <v>774</v>
+        <v>766</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>775</v>
+        <v>767</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>776</v>
+        <v>321</v>
       </c>
       <c r="D221" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E221" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F221" t="s">
         <v>55</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>777</v>
+        <v>768</v>
       </c>
       <c r="H221" t="s">
-        <v>778</v>
+        <v>769</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>780</v>
+        <v>329</v>
       </c>
       <c r="D222" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E222" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F222" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>781</v>
+        <v>771</v>
       </c>
       <c r="H222" t="s">
-        <v>782</v>
+        <v>772</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>783</v>
+        <v>773</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>784</v>
+        <v>333</v>
       </c>
       <c r="D223" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E223" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F223" t="s">
-        <v>503</v>
+        <v>238</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>785</v>
+        <v>774</v>
       </c>
       <c r="H223" t="s">
-        <v>786</v>
+        <v>775</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>787</v>
+        <v>776</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>788</v>
+        <v>777</v>
       </c>
       <c r="D224" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E224" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F224" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>146</v>
+        <v>778</v>
       </c>
       <c r="H224" t="s">
-        <v>789</v>
+        <v>779</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>790</v>
+        <v>780</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>791</v>
+        <v>781</v>
       </c>
       <c r="D225" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E225" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F225" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>792</v>
+        <v>782</v>
       </c>
       <c r="H225" t="s">
-        <v>793</v>
+        <v>783</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>794</v>
+        <v>784</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>795</v>
+        <v>785</v>
       </c>
       <c r="D226" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E226" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F226" t="s">
         <v>55</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>146</v>
+        <v>786</v>
       </c>
       <c r="H226" t="s">
-        <v>796</v>
+        <v>787</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>797</v>
+        <v>788</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>798</v>
+        <v>789</v>
       </c>
       <c r="D227" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E227" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F227" t="s">
-        <v>168</v>
+        <v>790</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>799</v>
+        <v>791</v>
       </c>
       <c r="H227" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>802</v>
+        <v>794</v>
       </c>
       <c r="D228" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E228" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F228" t="s">
         <v>168</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>803</v>
+        <v>795</v>
       </c>
       <c r="H228" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>805</v>
+        <v>797</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>806</v>
+        <v>798</v>
       </c>
       <c r="D229" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E229" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F229" t="s">
-        <v>168</v>
+        <v>282</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>807</v>
+        <v>799</v>
       </c>
       <c r="H229" t="s">
-        <v>808</v>
+        <v>800</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>809</v>
+        <v>801</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>810</v>
+        <v>802</v>
       </c>
       <c r="D230" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E230" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F230" t="s">
-        <v>811</v>
+        <v>282</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>812</v>
+        <v>803</v>
       </c>
       <c r="H230" t="s">
-        <v>813</v>
+        <v>804</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>814</v>
+        <v>805</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>815</v>
+        <v>806</v>
       </c>
       <c r="D231" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E231" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F231" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>816</v>
+        <v>807</v>
       </c>
       <c r="H231" t="s">
-        <v>817</v>
+        <v>808</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>818</v>
+        <v>809</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>819</v>
+        <v>810</v>
       </c>
       <c r="D232" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E232" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F232" t="s">
         <v>177</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>820</v>
+        <v>811</v>
       </c>
       <c r="H232" t="s">
-        <v>821</v>
+        <v>812</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>823</v>
+        <v>814</v>
       </c>
       <c r="D233" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E233" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F233" t="s">
         <v>168</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>824</v>
+        <v>815</v>
       </c>
       <c r="H233" t="s">
-        <v>825</v>
+        <v>816</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>826</v>
+        <v>817</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="D234" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E234" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F234" t="s">
-        <v>373</v>
+        <v>55</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>828</v>
+        <v>819</v>
       </c>
       <c r="H234" t="s">
-        <v>829</v>
+        <v>820</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>831</v>
+        <v>822</v>
       </c>
       <c r="D235" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E235" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F235" t="s">
         <v>55</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="H235" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
       <c r="D236" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E236" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F236" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>836</v>
+        <v>827</v>
       </c>
       <c r="H236" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>838</v>
+        <v>829</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>839</v>
+        <v>830</v>
       </c>
       <c r="D237" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E237" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F237" t="s">
-        <v>168</v>
+        <v>552</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>146</v>
+        <v>831</v>
       </c>
       <c r="H237" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="D238" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E238" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F238" t="s">
-        <v>273</v>
+        <v>55</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>843</v>
+        <v>420</v>
       </c>
       <c r="H238" t="s">
-        <v>844</v>
+        <v>835</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>845</v>
+        <v>836</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>846</v>
+        <v>837</v>
       </c>
       <c r="D239" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E239" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F239" t="s">
         <v>55</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>847</v>
+        <v>838</v>
       </c>
       <c r="H239" t="s">
-        <v>848</v>
+        <v>839</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>849</v>
+        <v>840</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>850</v>
+        <v>841</v>
       </c>
       <c r="D240" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E240" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F240" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>851</v>
+        <v>420</v>
       </c>
       <c r="H240" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>853</v>
+        <v>843</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>854</v>
+        <v>844</v>
       </c>
       <c r="D241" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E241" t="s">
-        <v>457</v>
+        <v>506</v>
+      </c>
+      <c r="F241" t="s">
+        <v>168</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>146</v>
+        <v>845</v>
       </c>
       <c r="H241" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>856</v>
+        <v>847</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>857</v>
+        <v>848</v>
       </c>
       <c r="D242" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E242" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F242" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>858</v>
+        <v>849</v>
       </c>
       <c r="H242" t="s">
-        <v>859</v>
+        <v>850</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>860</v>
+        <v>851</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>861</v>
+        <v>852</v>
       </c>
       <c r="D243" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E243" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F243" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>862</v>
+        <v>853</v>
       </c>
       <c r="H243" t="s">
-        <v>863</v>
+        <v>854</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>865</v>
+        <v>856</v>
       </c>
       <c r="D244" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E244" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F244" t="s">
-        <v>612</v>
+        <v>857</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>866</v>
+        <v>858</v>
       </c>
       <c r="H244" t="s">
-        <v>867</v>
+        <v>859</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>868</v>
+        <v>860</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D245" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E245" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F245" t="s">
-        <v>282</v>
+        <v>168</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="H245" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>873</v>
+        <v>865</v>
       </c>
       <c r="D246" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E246" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F246" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>874</v>
+        <v>866</v>
       </c>
       <c r="H246" t="s">
-        <v>875</v>
+        <v>867</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>876</v>
+        <v>868</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>877</v>
+        <v>869</v>
       </c>
       <c r="D247" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E247" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F247" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>878</v>
+        <v>870</v>
       </c>
       <c r="H247" t="s">
-        <v>879</v>
+        <v>871</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>880</v>
+        <v>872</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>881</v>
+        <v>873</v>
       </c>
       <c r="D248" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E248" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F248" t="s">
-        <v>882</v>
+        <v>396</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>883</v>
+        <v>874</v>
       </c>
       <c r="H248" t="s">
-        <v>884</v>
+        <v>875</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>886</v>
+        <v>877</v>
       </c>
       <c r="D249" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E249" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F249" t="s">
         <v>55</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>887</v>
+        <v>878</v>
       </c>
       <c r="H249" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>890</v>
+        <v>881</v>
       </c>
       <c r="D250" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E250" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F250" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>891</v>
+        <v>882</v>
       </c>
       <c r="H250" t="s">
-        <v>892</v>
+        <v>883</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>893</v>
+        <v>884</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>894</v>
+        <v>885</v>
       </c>
       <c r="D251" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E251" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F251" t="s">
         <v>168</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>895</v>
+        <v>420</v>
       </c>
       <c r="H251" t="s">
-        <v>896</v>
+        <v>886</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>897</v>
+        <v>887</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>898</v>
+        <v>888</v>
       </c>
       <c r="D252" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E252" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F252" t="s">
-        <v>168</v>
+        <v>273</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>899</v>
+        <v>889</v>
       </c>
       <c r="H252" t="s">
-        <v>900</v>
+        <v>890</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>901</v>
+        <v>891</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>902</v>
+        <v>892</v>
       </c>
       <c r="D253" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E253" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F253" t="s">
-        <v>373</v>
+        <v>55</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
       <c r="H253" t="s">
-        <v>904</v>
+        <v>894</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>905</v>
+        <v>895</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="D254" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E254" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F254" t="s">
-        <v>907</v>
+        <v>177</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>908</v>
+        <v>897</v>
       </c>
       <c r="H254" t="s">
-        <v>909</v>
+        <v>898</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>910</v>
+        <v>899</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>911</v>
+        <v>900</v>
       </c>
       <c r="D255" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E255" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>506</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>912</v>
+        <v>420</v>
       </c>
       <c r="H255" t="s">
-        <v>913</v>
+        <v>901</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>914</v>
+        <v>902</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>915</v>
+        <v>903</v>
       </c>
       <c r="D256" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E256" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F256" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>146</v>
+        <v>904</v>
       </c>
       <c r="H256" t="s">
-        <v>916</v>
+        <v>905</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>917</v>
+        <v>906</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>918</v>
+        <v>907</v>
       </c>
       <c r="D257" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E257" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F257" t="s">
         <v>238</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>919</v>
+        <v>908</v>
       </c>
       <c r="H257" t="s">
-        <v>920</v>
+        <v>909</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>921</v>
+        <v>910</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>922</v>
+        <v>911</v>
       </c>
       <c r="D258" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E258" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F258" t="s">
-        <v>238</v>
+        <v>661</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>923</v>
+        <v>912</v>
       </c>
       <c r="H258" t="s">
-        <v>924</v>
+        <v>913</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>925</v>
+        <v>914</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>926</v>
+        <v>915</v>
       </c>
       <c r="D259" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E259" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F259" t="s">
-        <v>927</v>
+        <v>282</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>928</v>
+        <v>916</v>
       </c>
       <c r="H259" t="s">
-        <v>929</v>
+        <v>917</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>930</v>
+        <v>918</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>931</v>
+        <v>919</v>
       </c>
       <c r="D260" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E260" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F260" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>932</v>
+        <v>920</v>
       </c>
       <c r="H260" t="s">
-        <v>933</v>
+        <v>921</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>934</v>
+        <v>922</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>935</v>
+        <v>923</v>
       </c>
       <c r="D261" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E261" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F261" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>936</v>
+        <v>924</v>
       </c>
       <c r="H261" t="s">
-        <v>937</v>
+        <v>925</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>938</v>
+        <v>926</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>939</v>
+        <v>927</v>
       </c>
       <c r="D262" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E262" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F262" t="s">
-        <v>168</v>
+        <v>928</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>940</v>
+        <v>929</v>
       </c>
       <c r="H262" t="s">
-        <v>941</v>
+        <v>930</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>942</v>
+        <v>931</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>943</v>
+        <v>932</v>
       </c>
       <c r="D263" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E263" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F263" t="s">
         <v>55</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>944</v>
+        <v>933</v>
       </c>
       <c r="H263" t="s">
-        <v>945</v>
+        <v>934</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>947</v>
+        <v>936</v>
       </c>
       <c r="D264" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E264" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F264" t="s">
         <v>177</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>948</v>
+        <v>937</v>
       </c>
       <c r="H264" t="s">
-        <v>949</v>
+        <v>938</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>950</v>
+        <v>939</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>951</v>
+        <v>940</v>
       </c>
       <c r="D265" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E265" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F265" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>952</v>
+        <v>941</v>
       </c>
       <c r="H265" t="s">
-        <v>953</v>
+        <v>942</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>954</v>
+        <v>943</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>955</v>
+        <v>944</v>
       </c>
       <c r="D266" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E266" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F266" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>956</v>
+        <v>945</v>
       </c>
       <c r="H266" t="s">
-        <v>957</v>
+        <v>946</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>958</v>
+        <v>947</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>959</v>
+        <v>948</v>
       </c>
       <c r="D267" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E267" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F267" t="s">
-        <v>373</v>
+        <v>396</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>960</v>
+        <v>949</v>
       </c>
       <c r="H267" t="s">
-        <v>961</v>
+        <v>950</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>962</v>
+        <v>951</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>963</v>
+        <v>952</v>
       </c>
       <c r="D268" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E268" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F268" t="s">
-        <v>168</v>
+        <v>953</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>964</v>
+        <v>954</v>
       </c>
       <c r="H268" t="s">
-        <v>965</v>
+        <v>955</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>966</v>
+        <v>956</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>967</v>
+        <v>957</v>
       </c>
       <c r="D269" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E269" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F269" t="s">
         <v>55</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>968</v>
+        <v>958</v>
       </c>
       <c r="H269" t="s">
-        <v>969</v>
+        <v>959</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>970</v>
+        <v>960</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>971</v>
+        <v>961</v>
       </c>
       <c r="D270" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E270" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F270" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>146</v>
+        <v>420</v>
       </c>
       <c r="H270" t="s">
-        <v>972</v>
+        <v>962</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>973</v>
+        <v>963</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>974</v>
+        <v>964</v>
       </c>
       <c r="D271" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E271" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F271" t="s">
         <v>238</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="H271" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>977</v>
+        <v>967</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>978</v>
+        <v>968</v>
       </c>
       <c r="D272" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E272" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F272" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>979</v>
+        <v>969</v>
       </c>
       <c r="H272" t="s">
-        <v>980</v>
+        <v>970</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>981</v>
+        <v>971</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>982</v>
+        <v>972</v>
       </c>
       <c r="D273" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E273" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F273" t="s">
-        <v>168</v>
+        <v>973</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>983</v>
+        <v>974</v>
       </c>
       <c r="H273" t="s">
-        <v>984</v>
+        <v>975</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>985</v>
+        <v>976</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>986</v>
+        <v>977</v>
       </c>
       <c r="D274" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E274" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F274" t="s">
         <v>177</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>987</v>
+        <v>978</v>
       </c>
       <c r="H274" t="s">
-        <v>988</v>
+        <v>979</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="D275" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E275" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F275" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>991</v>
+        <v>982</v>
       </c>
       <c r="H275" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="D276" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E276" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F276" t="s">
-        <v>282</v>
+        <v>168</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="H276" t="s">
-        <v>996</v>
+        <v>987</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>998</v>
+        <v>989</v>
       </c>
       <c r="D277" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E277" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F277" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>999</v>
+        <v>990</v>
       </c>
       <c r="H277" t="s">
-        <v>1000</v>
+        <v>991</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1001</v>
+        <v>992</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1002</v>
+        <v>993</v>
       </c>
       <c r="D278" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E278" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F278" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1003</v>
+        <v>994</v>
       </c>
       <c r="H278" t="s">
-        <v>1004</v>
+        <v>995</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1005</v>
+        <v>996</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1006</v>
+        <v>997</v>
       </c>
       <c r="D279" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E279" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F279" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1007</v>
+        <v>998</v>
       </c>
       <c r="H279" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1009</v>
+        <v>1000</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="D280" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E280" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F280" t="s">
-        <v>1011</v>
+        <v>177</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1012</v>
+        <v>1002</v>
       </c>
       <c r="H280" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1015</v>
+        <v>1005</v>
       </c>
       <c r="D281" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E281" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F281" t="s">
-        <v>238</v>
+        <v>396</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1016</v>
+        <v>1006</v>
       </c>
       <c r="H281" t="s">
-        <v>1017</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1018</v>
+        <v>1008</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1019</v>
+        <v>1009</v>
       </c>
       <c r="D282" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E282" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F282" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1020</v>
+        <v>1010</v>
       </c>
       <c r="H282" t="s">
-        <v>1021</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1022</v>
+        <v>1012</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1023</v>
+        <v>1013</v>
       </c>
       <c r="D283" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E283" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F283" t="s">
         <v>55</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1024</v>
+        <v>1014</v>
       </c>
       <c r="H283" t="s">
-        <v>1025</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1026</v>
+        <v>1016</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1027</v>
+        <v>1017</v>
       </c>
       <c r="D284" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E284" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F284" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1028</v>
+        <v>420</v>
       </c>
       <c r="H284" t="s">
-        <v>1029</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1030</v>
+        <v>1019</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="D285" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E285" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F285" t="s">
-        <v>373</v>
+        <v>238</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1032</v>
+        <v>1021</v>
       </c>
       <c r="H285" t="s">
-        <v>1033</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1034</v>
+        <v>1023</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1035</v>
+        <v>1024</v>
       </c>
       <c r="D286" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E286" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F286" t="s">
-        <v>282</v>
+        <v>177</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1036</v>
+        <v>1025</v>
       </c>
       <c r="H286" t="s">
-        <v>1037</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1038</v>
+        <v>1027</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1039</v>
+        <v>1028</v>
       </c>
       <c r="D287" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E287" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F287" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1040</v>
+        <v>1029</v>
       </c>
       <c r="H287" t="s">
-        <v>1041</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1042</v>
+        <v>1031</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1043</v>
+        <v>1032</v>
       </c>
       <c r="D288" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E288" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F288" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1044</v>
+        <v>1033</v>
       </c>
       <c r="H288" t="s">
-        <v>1045</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1046</v>
+        <v>1035</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1047</v>
+        <v>1036</v>
       </c>
       <c r="D289" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E289" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F289" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1048</v>
+        <v>1037</v>
       </c>
       <c r="H289" t="s">
-        <v>1049</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1050</v>
+        <v>1039</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1051</v>
+        <v>1040</v>
       </c>
       <c r="D290" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E290" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F290" t="s">
-        <v>238</v>
+        <v>282</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1052</v>
+        <v>1041</v>
       </c>
       <c r="H290" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1055</v>
+        <v>1044</v>
       </c>
       <c r="D291" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E291" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F291" t="s">
-        <v>238</v>
+        <v>13</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1056</v>
+        <v>1045</v>
       </c>
       <c r="H291" t="s">
-        <v>1057</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1058</v>
+        <v>1047</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1059</v>
+        <v>1048</v>
       </c>
       <c r="D292" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E292" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F292" t="s">
-        <v>238</v>
+        <v>55</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1060</v>
+        <v>1049</v>
       </c>
       <c r="H292" t="s">
-        <v>1061</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1062</v>
+        <v>1051</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1063</v>
+        <v>1052</v>
       </c>
       <c r="D293" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E293" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F293" t="s">
-        <v>273</v>
+        <v>168</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1064</v>
+        <v>1053</v>
       </c>
       <c r="H293" t="s">
-        <v>1065</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1066</v>
+        <v>1055</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1067</v>
+        <v>1056</v>
       </c>
       <c r="D294" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E294" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F294" t="s">
-        <v>168</v>
+        <v>1057</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1068</v>
+        <v>1058</v>
       </c>
       <c r="H294" t="s">
-        <v>1069</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1070</v>
+        <v>1060</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1071</v>
+        <v>1061</v>
       </c>
       <c r="D295" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E295" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F295" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1072</v>
+        <v>1062</v>
       </c>
       <c r="H295" t="s">
-        <v>1073</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1074</v>
+        <v>1064</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1075</v>
+        <v>1065</v>
       </c>
       <c r="D296" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E296" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F296" t="s">
         <v>55</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1076</v>
+        <v>1066</v>
       </c>
       <c r="H296" t="s">
-        <v>1077</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1078</v>
+        <v>1068</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1079</v>
+        <v>1069</v>
       </c>
       <c r="D297" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E297" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F297" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1080</v>
+        <v>1070</v>
       </c>
       <c r="H297" t="s">
-        <v>1081</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1082</v>
+        <v>1072</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1083</v>
+        <v>1073</v>
       </c>
       <c r="D298" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E298" t="s">
-        <v>457</v>
+        <v>506</v>
+      </c>
+      <c r="F298" t="s">
+        <v>552</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1084</v>
+        <v>1074</v>
       </c>
       <c r="H298" t="s">
-        <v>1085</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1086</v>
+        <v>1076</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1087</v>
+        <v>1077</v>
       </c>
       <c r="D299" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E299" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F299" t="s">
-        <v>1088</v>
+        <v>396</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1089</v>
+        <v>1078</v>
       </c>
       <c r="H299" t="s">
-        <v>1090</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1091</v>
+        <v>1080</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1092</v>
+        <v>1081</v>
       </c>
       <c r="D300" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E300" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F300" t="s">
-        <v>238</v>
+        <v>282</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1093</v>
+        <v>1082</v>
       </c>
       <c r="H300" t="s">
-        <v>1094</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1095</v>
+        <v>1084</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1096</v>
+        <v>1085</v>
       </c>
       <c r="D301" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E301" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F301" t="s">
-        <v>238</v>
+        <v>55</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1097</v>
+        <v>1086</v>
       </c>
       <c r="H301" t="s">
-        <v>1098</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1099</v>
+        <v>1088</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1100</v>
+        <v>1089</v>
       </c>
       <c r="D302" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E302" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F302" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1101</v>
+        <v>1090</v>
       </c>
       <c r="H302" t="s">
-        <v>1102</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1103</v>
+        <v>1092</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1104</v>
+        <v>1093</v>
       </c>
       <c r="D303" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E303" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F303" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1105</v>
+        <v>1094</v>
       </c>
       <c r="H303" t="s">
-        <v>1106</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1107</v>
+        <v>1096</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1108</v>
+        <v>1097</v>
       </c>
       <c r="D304" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E304" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F304" t="s">
-        <v>1109</v>
+        <v>238</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1110</v>
+        <v>1098</v>
       </c>
       <c r="H304" t="s">
-        <v>1111</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1112</v>
+        <v>1100</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1113</v>
+        <v>1101</v>
       </c>
       <c r="D305" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E305" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F305" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1114</v>
+        <v>1102</v>
       </c>
       <c r="H305" t="s">
-        <v>1115</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1116</v>
+        <v>1104</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1117</v>
+        <v>1105</v>
       </c>
       <c r="D306" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E306" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F306" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1118</v>
+        <v>1106</v>
       </c>
       <c r="H306" t="s">
-        <v>1119</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1120</v>
+        <v>1108</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1121</v>
+        <v>1109</v>
       </c>
       <c r="D307" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E307" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F307" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1122</v>
+        <v>1110</v>
       </c>
       <c r="H307" t="s">
-        <v>1123</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1124</v>
+        <v>1112</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1125</v>
+        <v>1113</v>
       </c>
       <c r="D308" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E308" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F308" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1126</v>
+        <v>1114</v>
       </c>
       <c r="H308" t="s">
-        <v>1127</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1128</v>
+        <v>1116</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1129</v>
+        <v>1117</v>
       </c>
       <c r="D309" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E309" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F309" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1130</v>
+        <v>1118</v>
       </c>
       <c r="H309" t="s">
-        <v>1131</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1132</v>
+        <v>1120</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1133</v>
+        <v>1121</v>
       </c>
       <c r="D310" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E310" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F310" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1134</v>
+        <v>1122</v>
       </c>
       <c r="H310" t="s">
-        <v>1135</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1136</v>
+        <v>1124</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="D311" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E311" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F311" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1138</v>
+        <v>1126</v>
       </c>
       <c r="H311" t="s">
-        <v>1139</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1140</v>
+        <v>1128</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1141</v>
+        <v>1129</v>
       </c>
       <c r="D312" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E312" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>506</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1142</v>
+        <v>1130</v>
       </c>
       <c r="H312" t="s">
-        <v>1143</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1144</v>
+        <v>1132</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1145</v>
+        <v>1133</v>
       </c>
       <c r="D313" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E313" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F313" t="s">
-        <v>55</v>
+        <v>1134</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1146</v>
+        <v>1135</v>
       </c>
       <c r="H313" t="s">
-        <v>1147</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1148</v>
+        <v>1137</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1149</v>
+        <v>1138</v>
       </c>
       <c r="D314" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E314" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F314" t="s">
         <v>238</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1150</v>
+        <v>1139</v>
       </c>
       <c r="H314" t="s">
-        <v>1151</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1152</v>
+        <v>1141</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1153</v>
+        <v>1142</v>
       </c>
       <c r="D315" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E315" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F315" t="s">
         <v>238</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1154</v>
+        <v>1143</v>
       </c>
       <c r="H315" t="s">
-        <v>1155</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1156</v>
+        <v>1145</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1157</v>
+        <v>1146</v>
       </c>
       <c r="D316" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E316" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F316" t="s">
-        <v>1158</v>
+        <v>238</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1159</v>
+        <v>1147</v>
       </c>
       <c r="H316" t="s">
-        <v>1160</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1161</v>
+        <v>1149</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1162</v>
+        <v>1150</v>
       </c>
       <c r="D317" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E317" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F317" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1163</v>
+        <v>1151</v>
       </c>
       <c r="H317" t="s">
-        <v>1164</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1165</v>
+        <v>1153</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1166</v>
+        <v>1154</v>
       </c>
       <c r="D318" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E318" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F318" t="s">
-        <v>177</v>
+        <v>1155</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1167</v>
+        <v>1156</v>
       </c>
       <c r="H318" t="s">
-        <v>1168</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1169</v>
+        <v>1158</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1170</v>
+        <v>1159</v>
       </c>
       <c r="D319" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E319" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F319" t="s">
         <v>55</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1171</v>
+        <v>1160</v>
       </c>
       <c r="H319" t="s">
-        <v>1172</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1173</v>
+        <v>1162</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1174</v>
+        <v>1163</v>
       </c>
       <c r="D320" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="E320" t="s">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="F320" t="s">
-        <v>373</v>
+        <v>55</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1175</v>
+        <v>1164</v>
       </c>
       <c r="H320" t="s">
-        <v>1176</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1177</v>
+        <v>1166</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>10</v>
+        <v>1167</v>
       </c>
       <c r="D321" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E321" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F321" t="s">
-        <v>1180</v>
+        <v>238</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1181</v>
+        <v>1168</v>
       </c>
       <c r="H321" t="s">
-        <v>1182</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1183</v>
+        <v>1170</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>17</v>
+        <v>1171</v>
       </c>
       <c r="D322" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E322" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F322" t="s">
-        <v>1180</v>
+        <v>13</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1184</v>
+        <v>1172</v>
       </c>
       <c r="H322" t="s">
-        <v>1185</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1186</v>
+        <v>1174</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>22</v>
+        <v>1175</v>
       </c>
       <c r="D323" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E323" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F323" t="s">
-        <v>1180</v>
+        <v>177</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1187</v>
+        <v>1176</v>
       </c>
       <c r="H323" t="s">
-        <v>1188</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1189</v>
+        <v>1178</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>25</v>
+        <v>1179</v>
       </c>
       <c r="D324" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E324" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F324" t="s">
-        <v>612</v>
+        <v>13</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1190</v>
+        <v>1180</v>
       </c>
       <c r="H324" t="s">
-        <v>1191</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>28</v>
+        <v>1183</v>
       </c>
       <c r="D325" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E325" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F325" t="s">
-        <v>612</v>
+        <v>55</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1193</v>
+        <v>1184</v>
       </c>
       <c r="H325" t="s">
-        <v>1194</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1195</v>
+        <v>1186</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>31</v>
+        <v>1187</v>
       </c>
       <c r="D326" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E326" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F326" t="s">
-        <v>1196</v>
+        <v>177</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1197</v>
+        <v>1188</v>
       </c>
       <c r="H326" t="s">
-        <v>1198</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1199</v>
+        <v>1190</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>34</v>
+        <v>1191</v>
       </c>
       <c r="D327" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E327" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F327" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1200</v>
+        <v>1192</v>
       </c>
       <c r="H327" t="s">
-        <v>1201</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1202</v>
+        <v>1194</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>37</v>
+        <v>1195</v>
       </c>
       <c r="D328" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E328" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F328" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1203</v>
+        <v>1196</v>
       </c>
       <c r="H328" t="s">
-        <v>1204</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1205</v>
+        <v>1198</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>40</v>
+        <v>1199</v>
       </c>
       <c r="D329" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E329" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F329" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="H329" t="s">
-        <v>1207</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1208</v>
+        <v>1202</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>43</v>
+        <v>1203</v>
       </c>
       <c r="D330" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E330" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F330" t="s">
-        <v>1209</v>
+        <v>1204</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1210</v>
+        <v>1205</v>
       </c>
       <c r="H330" t="s">
-        <v>1211</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1212</v>
+        <v>1207</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>46</v>
+        <v>1208</v>
       </c>
       <c r="D331" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E331" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F331" t="s">
-        <v>13</v>
+        <v>238</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1213</v>
+        <v>1209</v>
       </c>
       <c r="H331" t="s">
-        <v>1214</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1215</v>
+        <v>1211</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>50</v>
+        <v>1212</v>
       </c>
       <c r="D332" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E332" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F332" t="s">
-        <v>478</v>
+        <v>177</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="H332" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D333" t="s">
+        <v>505</v>
+      </c>
+      <c r="E333" t="s">
+        <v>506</v>
+      </c>
+      <c r="F333" t="s">
+        <v>55</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H333" t="s">
         <v>1218</v>
-      </c>
-[...19 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D334" t="s">
+        <v>505</v>
+      </c>
+      <c r="E334" t="s">
+        <v>506</v>
+      </c>
+      <c r="F334" t="s">
+        <v>177</v>
+      </c>
+      <c r="G334" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="B334" t="s">
-[...14 lines deleted...]
-      <c r="G334" s="1" t="s">
+      <c r="H334" t="s">
         <v>1222</v>
-      </c>
-[...1 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
         <v>1224</v>
       </c>
-      <c r="B335" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D335" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E335" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F335" t="s">
-        <v>238</v>
+        <v>396</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="H335" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>1227</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>66</v>
+        <v>1228</v>
       </c>
       <c r="D336" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E336" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F336" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="H336" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>70</v>
+        <v>1232</v>
       </c>
       <c r="D337" t="s">
-        <v>1178</v>
+        <v>505</v>
       </c>
       <c r="E337" t="s">
-        <v>1179</v>
+        <v>506</v>
       </c>
       <c r="F337" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="H337" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="D338" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E338" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F338" t="s">
-        <v>55</v>
+        <v>1238</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="H338" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="D339" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E339" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F339" t="s">
-        <v>55</v>
+        <v>1238</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="H339" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="D340" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E340" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F340" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="H340" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="D341" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E341" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F341" t="s">
-        <v>1240</v>
+        <v>661</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="H341" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="D342" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E342" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F342" t="s">
-        <v>1240</v>
+        <v>661</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="H342" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
       <c r="D343" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E343" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F343" t="s">
-        <v>177</v>
+        <v>1254</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="H343" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="D344" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E344" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F344" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="H344" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>98</v>
+        <v>37</v>
       </c>
       <c r="D345" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E345" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F345" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="H345" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="D346" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E346" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F346" t="s">
-        <v>1109</v>
+        <v>168</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="H346" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>105</v>
+        <v>43</v>
       </c>
       <c r="D347" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E347" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F347" t="s">
-        <v>1109</v>
+        <v>1267</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
       <c r="H347" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>109</v>
+        <v>46</v>
       </c>
       <c r="D348" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E348" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F348" t="s">
-        <v>1196</v>
+        <v>13</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1265</v>
+        <v>1271</v>
       </c>
       <c r="H348" t="s">
-        <v>1266</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1267</v>
+        <v>1273</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="D349" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E349" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F349" t="s">
-        <v>1196</v>
+        <v>527</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="H349" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>117</v>
+        <v>54</v>
       </c>
       <c r="D350" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E350" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F350" t="s">
-        <v>168</v>
+        <v>527</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="H350" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="D351" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E351" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F351" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="H351" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1276</v>
+        <v>1282</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>123</v>
+        <v>63</v>
       </c>
       <c r="D352" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E352" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F352" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="H352" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>126</v>
+        <v>66</v>
       </c>
       <c r="D353" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E353" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F353" t="s">
-        <v>503</v>
+        <v>238</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
       <c r="H353" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>130</v>
+        <v>70</v>
       </c>
       <c r="D354" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E354" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F354" t="s">
-        <v>478</v>
+        <v>55</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="H354" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>134</v>
+        <v>74</v>
       </c>
       <c r="D355" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E355" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F355" t="s">
-        <v>478</v>
+        <v>55</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="H355" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D356" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E356" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F356" t="s">
-        <v>478</v>
+        <v>55</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="H356" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>141</v>
+        <v>81</v>
       </c>
       <c r="D357" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E357" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F357" t="s">
-        <v>503</v>
+        <v>1298</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="H357" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>145</v>
+        <v>85</v>
       </c>
       <c r="D358" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E358" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F358" t="s">
-        <v>503</v>
+        <v>1298</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="H358" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>148</v>
+        <v>88</v>
       </c>
       <c r="D359" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E359" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F359" t="s">
-        <v>238</v>
+        <v>1298</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="H359" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>152</v>
+        <v>91</v>
       </c>
       <c r="D360" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E360" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F360" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="H360" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>155</v>
+        <v>95</v>
       </c>
       <c r="D361" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E361" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F361" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1304</v>
+        <v>1311</v>
       </c>
       <c r="H361" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>159</v>
+        <v>98</v>
       </c>
       <c r="D362" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E362" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F362" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="H362" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>163</v>
+        <v>102</v>
       </c>
       <c r="D363" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E363" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F363" t="s">
-        <v>55</v>
+        <v>1155</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="H363" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>167</v>
+        <v>105</v>
       </c>
       <c r="D364" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E364" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F364" t="s">
-        <v>282</v>
+        <v>1155</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
       <c r="H364" t="s">
-        <v>1314</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>172</v>
+        <v>109</v>
       </c>
       <c r="D365" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E365" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F365" t="s">
-        <v>282</v>
+        <v>1254</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="H365" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>176</v>
+        <v>113</v>
       </c>
       <c r="D366" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E366" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F366" t="s">
-        <v>282</v>
+        <v>1254</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="H366" t="s">
-        <v>1320</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>181</v>
+        <v>117</v>
       </c>
       <c r="D367" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E367" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F367" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
       <c r="H367" t="s">
-        <v>1323</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1324</v>
+        <v>1331</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="D368" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E368" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F368" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1325</v>
+        <v>1332</v>
       </c>
       <c r="H368" t="s">
-        <v>1326</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>188</v>
+        <v>123</v>
       </c>
       <c r="D369" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E369" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F369" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1328</v>
+        <v>1335</v>
       </c>
       <c r="H369" t="s">
-        <v>1329</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1330</v>
+        <v>1337</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>192</v>
+        <v>126</v>
       </c>
       <c r="D370" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E370" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F370" t="s">
-        <v>373</v>
+        <v>552</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="H370" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>196</v>
+        <v>130</v>
       </c>
       <c r="D371" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E371" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F371" t="s">
-        <v>1109</v>
+        <v>527</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1334</v>
+        <v>1341</v>
       </c>
       <c r="H371" t="s">
-        <v>1335</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1336</v>
+        <v>1343</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>200</v>
+        <v>134</v>
       </c>
       <c r="D372" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E372" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F372" t="s">
-        <v>13</v>
+        <v>527</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="H372" t="s">
-        <v>1338</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>208</v>
+        <v>138</v>
       </c>
       <c r="D373" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E373" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F373" t="s">
-        <v>177</v>
+        <v>527</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>146</v>
+        <v>1347</v>
       </c>
       <c r="H373" t="s">
-        <v>1340</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1341</v>
+        <v>1349</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>212</v>
+        <v>141</v>
       </c>
       <c r="D374" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E374" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F374" t="s">
-        <v>177</v>
+        <v>552</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1342</v>
+        <v>1350</v>
       </c>
       <c r="H374" t="s">
-        <v>1343</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1344</v>
+        <v>1352</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>215</v>
+        <v>145</v>
       </c>
       <c r="D375" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E375" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F375" t="s">
-        <v>177</v>
+        <v>552</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1345</v>
+        <v>1353</v>
       </c>
       <c r="H375" t="s">
-        <v>1346</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>218</v>
+        <v>148</v>
       </c>
       <c r="D376" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E376" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F376" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="H376" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1350</v>
+        <v>1358</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>225</v>
+        <v>152</v>
       </c>
       <c r="D377" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E377" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F377" t="s">
-        <v>1196</v>
+        <v>238</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="H377" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1353</v>
+        <v>1361</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>229</v>
+        <v>155</v>
       </c>
       <c r="D378" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E378" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F378" t="s">
-        <v>1196</v>
+        <v>55</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1354</v>
+        <v>1362</v>
       </c>
       <c r="H378" t="s">
-        <v>1355</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1356</v>
+        <v>1364</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>233</v>
+        <v>159</v>
       </c>
       <c r="D379" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E379" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F379" t="s">
-        <v>1196</v>
+        <v>55</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
       <c r="H379" t="s">
-        <v>1358</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1359</v>
+        <v>1367</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>237</v>
+        <v>163</v>
       </c>
       <c r="D380" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E380" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F380" t="s">
-        <v>478</v>
+        <v>55</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1360</v>
+        <v>1368</v>
       </c>
       <c r="H380" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1362</v>
+        <v>1370</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>242</v>
+        <v>167</v>
       </c>
       <c r="D381" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E381" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F381" t="s">
         <v>282</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1363</v>
+        <v>1371</v>
       </c>
       <c r="H381" t="s">
-        <v>1364</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>245</v>
+        <v>172</v>
       </c>
       <c r="D382" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E382" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F382" t="s">
         <v>282</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
       <c r="H382" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>248</v>
+        <v>176</v>
       </c>
       <c r="D383" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E383" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F383" t="s">
         <v>282</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1369</v>
+        <v>1377</v>
       </c>
       <c r="H383" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>251</v>
+        <v>181</v>
       </c>
       <c r="D384" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E384" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F384" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1372</v>
+        <v>1380</v>
       </c>
       <c r="H384" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1374</v>
+        <v>1382</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>254</v>
+        <v>185</v>
       </c>
       <c r="D385" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E385" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F385" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1375</v>
+        <v>1383</v>
       </c>
       <c r="H385" t="s">
-        <v>1376</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>258</v>
+        <v>188</v>
       </c>
       <c r="D386" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E386" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F386" t="s">
-        <v>612</v>
+        <v>177</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
       <c r="H386" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>261</v>
+        <v>192</v>
       </c>
       <c r="D387" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E387" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F387" t="s">
-        <v>612</v>
+        <v>396</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>146</v>
+        <v>1389</v>
       </c>
       <c r="H387" t="s">
-        <v>1381</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1382</v>
+        <v>1391</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>265</v>
+        <v>196</v>
       </c>
       <c r="D388" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E388" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F388" t="s">
-        <v>1109</v>
+        <v>1155</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1383</v>
+        <v>1392</v>
       </c>
       <c r="H388" t="s">
-        <v>1384</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1385</v>
+        <v>1394</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>664</v>
+        <v>200</v>
       </c>
       <c r="D389" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E389" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F389" t="s">
-        <v>1109</v>
+        <v>13</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1386</v>
+        <v>1395</v>
       </c>
       <c r="H389" t="s">
-        <v>1387</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1388</v>
+        <v>1397</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>268</v>
+        <v>208</v>
       </c>
       <c r="D390" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E390" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F390" t="s">
-        <v>1109</v>
+        <v>177</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1389</v>
+        <v>420</v>
       </c>
       <c r="H390" t="s">
-        <v>1390</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1391</v>
+        <v>1399</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>671</v>
+        <v>212</v>
       </c>
       <c r="D391" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E391" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F391" t="s">
-        <v>612</v>
+        <v>177</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1392</v>
+        <v>1400</v>
       </c>
       <c r="H391" t="s">
-        <v>1393</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1394</v>
+        <v>1402</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>272</v>
+        <v>215</v>
       </c>
       <c r="D392" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E392" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F392" t="s">
-        <v>503</v>
+        <v>177</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1395</v>
+        <v>1403</v>
       </c>
       <c r="H392" t="s">
-        <v>1396</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1397</v>
+        <v>1405</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>277</v>
+        <v>218</v>
       </c>
       <c r="D393" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E393" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F393" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1398</v>
+        <v>1406</v>
       </c>
       <c r="H393" t="s">
-        <v>1399</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1400</v>
+        <v>1408</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>281</v>
+        <v>225</v>
       </c>
       <c r="D394" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E394" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F394" t="s">
-        <v>238</v>
+        <v>1254</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1401</v>
+        <v>1409</v>
       </c>
       <c r="H394" t="s">
-        <v>1402</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>684</v>
+        <v>229</v>
       </c>
       <c r="D395" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E395" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F395" t="s">
-        <v>238</v>
+        <v>1254</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="H395" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>688</v>
+        <v>233</v>
       </c>
       <c r="D396" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E396" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F396" t="s">
-        <v>238</v>
+        <v>1254</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="H396" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>286</v>
+        <v>237</v>
       </c>
       <c r="D397" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E397" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F397" t="s">
-        <v>373</v>
+        <v>527</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="H397" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>289</v>
+        <v>242</v>
       </c>
       <c r="D398" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E398" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F398" t="s">
-        <v>1196</v>
+        <v>282</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="H398" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>292</v>
+        <v>245</v>
       </c>
       <c r="D399" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E399" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F399" t="s">
-        <v>1196</v>
+        <v>282</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="H399" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>296</v>
+        <v>248</v>
       </c>
       <c r="D400" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E400" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F400" t="s">
-        <v>503</v>
+        <v>282</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1419</v>
+        <v>1427</v>
       </c>
       <c r="H400" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>301</v>
+        <v>251</v>
       </c>
       <c r="D401" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E401" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F401" t="s">
-        <v>612</v>
+        <v>168</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="H401" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1424</v>
+        <v>1432</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>304</v>
+        <v>254</v>
       </c>
       <c r="D402" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E402" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F402" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="H402" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1427</v>
+        <v>1435</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>308</v>
+        <v>258</v>
       </c>
       <c r="D403" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E403" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F403" t="s">
-        <v>177</v>
+        <v>661</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1428</v>
+        <v>1436</v>
       </c>
       <c r="H403" t="s">
-        <v>1429</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1430</v>
+        <v>1438</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>312</v>
+        <v>261</v>
       </c>
       <c r="D404" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E404" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F404" t="s">
-        <v>55</v>
+        <v>661</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1431</v>
+        <v>420</v>
       </c>
       <c r="H404" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>315</v>
+        <v>265</v>
       </c>
       <c r="D405" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E405" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F405" t="s">
-        <v>55</v>
+        <v>1155</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="H405" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="D406" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E406" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F406" t="s">
-        <v>55</v>
+        <v>1155</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="H406" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1440</v>
+        <v>268</v>
       </c>
       <c r="D407" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E407" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F407" t="s">
-        <v>238</v>
+        <v>1155</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="H407" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="D408" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E408" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F408" t="s">
-        <v>238</v>
+        <v>661</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="H408" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>727</v>
+        <v>272</v>
       </c>
       <c r="D409" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E409" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F409" t="s">
-        <v>238</v>
+        <v>552</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1447</v>
+        <v>1453</v>
       </c>
       <c r="H409" t="s">
-        <v>1448</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>731</v>
+        <v>277</v>
       </c>
       <c r="D410" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E410" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F410" t="s">
-        <v>177</v>
+        <v>552</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1450</v>
+        <v>1456</v>
       </c>
       <c r="H410" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>735</v>
+        <v>281</v>
       </c>
       <c r="D411" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E411" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F411" t="s">
-        <v>13</v>
+        <v>238</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="H411" t="s">
-        <v>1454</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1455</v>
+        <v>1461</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>739</v>
+        <v>733</v>
       </c>
       <c r="D412" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E412" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F412" t="s">
-        <v>13</v>
+        <v>238</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1456</v>
+        <v>1462</v>
       </c>
       <c r="H412" t="s">
-        <v>1457</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1458</v>
+        <v>1464</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>743</v>
+        <v>737</v>
       </c>
       <c r="D413" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E413" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F413" t="s">
-        <v>503</v>
+        <v>238</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
       <c r="H413" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1461</v>
+        <v>1467</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>748</v>
+        <v>286</v>
       </c>
       <c r="D414" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E414" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F414" t="s">
-        <v>503</v>
+        <v>396</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="H414" t="s">
-        <v>1463</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1464</v>
+        <v>1470</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>752</v>
+        <v>290</v>
       </c>
       <c r="D415" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E415" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F415" t="s">
-        <v>612</v>
+        <v>1254</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1465</v>
+        <v>1471</v>
       </c>
       <c r="H415" t="s">
-        <v>1466</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>756</v>
+        <v>294</v>
       </c>
       <c r="D416" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E416" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F416" t="s">
-        <v>238</v>
+        <v>1254</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1468</v>
+        <v>1474</v>
       </c>
       <c r="H416" t="s">
-        <v>1469</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>760</v>
+        <v>298</v>
       </c>
       <c r="D417" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E417" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F417" t="s">
-        <v>238</v>
+        <v>552</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="H417" t="s">
-        <v>1472</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>764</v>
+        <v>303</v>
       </c>
       <c r="D418" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E418" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F418" t="s">
-        <v>238</v>
+        <v>661</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1474</v>
+        <v>1480</v>
       </c>
       <c r="H418" t="s">
-        <v>1475</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1476</v>
+        <v>1482</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>768</v>
+        <v>306</v>
       </c>
       <c r="D419" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E419" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F419" t="s">
-        <v>373</v>
+        <v>177</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1477</v>
+        <v>1483</v>
       </c>
       <c r="H419" t="s">
-        <v>1478</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1479</v>
+        <v>1485</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>772</v>
+        <v>310</v>
       </c>
       <c r="D420" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E420" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F420" t="s">
-        <v>373</v>
+        <v>177</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1480</v>
+        <v>1486</v>
       </c>
       <c r="H420" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1482</v>
+        <v>1488</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>776</v>
+        <v>314</v>
       </c>
       <c r="D421" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E421" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F421" t="s">
-        <v>373</v>
+        <v>55</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1483</v>
+        <v>1489</v>
       </c>
       <c r="H421" t="s">
-        <v>1484</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>780</v>
+        <v>317</v>
       </c>
       <c r="D422" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E422" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F422" t="s">
-        <v>282</v>
+        <v>55</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="H422" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>784</v>
+        <v>321</v>
       </c>
       <c r="D423" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E423" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F423" t="s">
-        <v>282</v>
+        <v>55</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="H423" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>788</v>
+        <v>325</v>
       </c>
       <c r="D424" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E424" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F424" t="s">
-        <v>282</v>
+        <v>238</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
       <c r="H424" t="s">
-        <v>1493</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>791</v>
+        <v>329</v>
       </c>
       <c r="D425" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E425" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F425" t="s">
-        <v>1109</v>
+        <v>238</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
       <c r="H425" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>795</v>
+        <v>333</v>
       </c>
       <c r="D426" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E426" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F426" t="s">
-        <v>1109</v>
+        <v>238</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
       <c r="H426" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1500</v>
+        <v>1506</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>798</v>
+        <v>777</v>
       </c>
       <c r="D427" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E427" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F427" t="s">
-        <v>1109</v>
+        <v>177</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1501</v>
+        <v>1507</v>
       </c>
       <c r="H427" t="s">
-        <v>1502</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1503</v>
+        <v>1509</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>802</v>
+        <v>781</v>
       </c>
       <c r="D428" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E428" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F428" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1504</v>
+        <v>1510</v>
       </c>
       <c r="H428" t="s">
-        <v>1505</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1506</v>
+        <v>1512</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>806</v>
+        <v>785</v>
       </c>
       <c r="D429" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E429" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F429" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="H429" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>810</v>
+        <v>789</v>
       </c>
       <c r="D430" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E430" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F430" t="s">
-        <v>55</v>
+        <v>552</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1510</v>
+        <v>1516</v>
       </c>
       <c r="H430" t="s">
-        <v>1511</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>815</v>
+        <v>794</v>
       </c>
       <c r="D431" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E431" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F431" t="s">
-        <v>177</v>
+        <v>552</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="H431" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>819</v>
+        <v>798</v>
       </c>
       <c r="D432" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E432" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F432" t="s">
-        <v>177</v>
+        <v>661</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="H432" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>823</v>
+        <v>802</v>
       </c>
       <c r="D433" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E433" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F433" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1519</v>
+        <v>1525</v>
       </c>
       <c r="H433" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>827</v>
+        <v>806</v>
       </c>
       <c r="D434" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E434" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F434" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1522</v>
+        <v>1528</v>
       </c>
       <c r="H434" t="s">
-        <v>1523</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1524</v>
+        <v>1530</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>831</v>
+        <v>810</v>
       </c>
       <c r="D435" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E435" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F435" t="s">
-        <v>503</v>
+        <v>238</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1525</v>
+        <v>1531</v>
       </c>
       <c r="H435" t="s">
-        <v>1526</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1527</v>
+        <v>1533</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>835</v>
+        <v>814</v>
       </c>
       <c r="D436" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E436" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F436" t="s">
-        <v>168</v>
+        <v>396</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1528</v>
+        <v>1534</v>
       </c>
       <c r="H436" t="s">
-        <v>1529</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1530</v>
+        <v>1536</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>839</v>
+        <v>818</v>
       </c>
       <c r="D437" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E437" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F437" t="s">
-        <v>168</v>
+        <v>396</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
       <c r="H437" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>842</v>
+        <v>822</v>
       </c>
       <c r="D438" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E438" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F438" t="s">
-        <v>177</v>
+        <v>396</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="H438" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>846</v>
+        <v>826</v>
       </c>
       <c r="D439" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E439" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F439" t="s">
-        <v>13</v>
+        <v>282</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="H439" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>850</v>
+        <v>830</v>
       </c>
       <c r="D440" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E440" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F440" t="s">
         <v>282</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="H440" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>854</v>
+        <v>834</v>
       </c>
       <c r="D441" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E441" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F441" t="s">
-        <v>612</v>
+        <v>282</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="H441" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>857</v>
+        <v>837</v>
       </c>
       <c r="D442" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E442" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F442" t="s">
-        <v>282</v>
+        <v>1155</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
       <c r="H442" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1548</v>
+        <v>1554</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>861</v>
+        <v>841</v>
       </c>
       <c r="D443" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E443" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F443" t="s">
-        <v>177</v>
+        <v>1155</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="H443" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>865</v>
+        <v>844</v>
       </c>
       <c r="D444" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E444" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F444" t="s">
-        <v>1196</v>
+        <v>1155</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="H444" t="s">
-        <v>1553</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1554</v>
+        <v>1560</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
       <c r="D445" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E445" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F445" t="s">
-        <v>273</v>
+        <v>55</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1555</v>
+        <v>1561</v>
       </c>
       <c r="H445" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>873</v>
+        <v>852</v>
       </c>
       <c r="D446" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E446" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F446" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="H446" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>877</v>
+        <v>856</v>
       </c>
       <c r="D447" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E447" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F447" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="H447" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="D448" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E448" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F448" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="H448" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>886</v>
+        <v>865</v>
       </c>
       <c r="D449" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E449" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F449" t="s">
-        <v>1109</v>
+        <v>177</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="H449" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1569</v>
+        <v>1575</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>890</v>
+        <v>869</v>
       </c>
       <c r="D450" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E450" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F450" t="s">
-        <v>55</v>
+        <v>661</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="H450" t="s">
-        <v>1571</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1572</v>
+        <v>1578</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>894</v>
+        <v>873</v>
       </c>
       <c r="D451" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E451" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F451" t="s">
-        <v>1109</v>
+        <v>661</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1573</v>
+        <v>1579</v>
       </c>
       <c r="H451" t="s">
-        <v>1574</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>898</v>
+        <v>877</v>
       </c>
       <c r="D452" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E452" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F452" t="s">
-        <v>282</v>
+        <v>552</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1576</v>
+        <v>1582</v>
       </c>
       <c r="H452" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>902</v>
+        <v>881</v>
       </c>
       <c r="D453" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E453" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F453" t="s">
         <v>168</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="H453" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>906</v>
+        <v>885</v>
       </c>
       <c r="D454" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E454" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F454" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="H454" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>911</v>
+        <v>888</v>
       </c>
       <c r="D455" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E455" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F455" t="s">
-        <v>373</v>
+        <v>177</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="H455" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>915</v>
+        <v>892</v>
       </c>
       <c r="D456" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E456" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F456" t="s">
-        <v>503</v>
+        <v>13</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="H456" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>918</v>
+        <v>896</v>
       </c>
       <c r="D457" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E457" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F457" t="s">
-        <v>503</v>
+        <v>282</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="H457" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>922</v>
+        <v>900</v>
       </c>
       <c r="D458" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E458" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F458" t="s">
-        <v>1180</v>
+        <v>661</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="H458" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>926</v>
+        <v>903</v>
       </c>
       <c r="D459" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E459" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F459" t="s">
-        <v>1240</v>
+        <v>282</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="H459" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>931</v>
+        <v>907</v>
       </c>
       <c r="D460" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E460" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F460" t="s">
-        <v>1240</v>
+        <v>177</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="H460" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1603</v>
+        <v>911</v>
       </c>
       <c r="D461" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E461" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F461" t="s">
-        <v>1240</v>
+        <v>1254</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="H461" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>935</v>
+        <v>915</v>
       </c>
       <c r="D462" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E462" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F462" t="s">
-        <v>612</v>
+        <v>273</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="H462" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>939</v>
+        <v>919</v>
       </c>
       <c r="D463" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E463" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F463" t="s">
         <v>177</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
       <c r="H463" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1612</v>
+        <v>1617</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>943</v>
+        <v>923</v>
       </c>
       <c r="D464" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E464" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F464" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="H464" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>947</v>
+        <v>927</v>
       </c>
       <c r="D465" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E465" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F465" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="H465" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>951</v>
+        <v>932</v>
       </c>
       <c r="D466" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E466" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F466" t="s">
-        <v>273</v>
+        <v>1155</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="H466" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1621</v>
+        <v>1626</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>955</v>
+        <v>936</v>
       </c>
       <c r="D467" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E467" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F467" t="s">
-        <v>273</v>
+        <v>55</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="H467" t="s">
-        <v>1623</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>959</v>
+        <v>940</v>
       </c>
       <c r="D468" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E468" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F468" t="s">
-        <v>55</v>
+        <v>1155</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1625</v>
+        <v>1630</v>
       </c>
       <c r="H468" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>963</v>
+        <v>944</v>
       </c>
       <c r="D469" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E469" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F469" t="s">
-        <v>55</v>
+        <v>282</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="H469" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>967</v>
+        <v>948</v>
       </c>
       <c r="D470" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E470" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F470" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="H470" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>971</v>
+        <v>952</v>
       </c>
       <c r="D471" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E471" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F471" t="s">
-        <v>238</v>
+        <v>55</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1634</v>
+        <v>1639</v>
       </c>
       <c r="H471" t="s">
-        <v>1635</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1636</v>
+        <v>1641</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="D472" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E472" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F472" t="s">
-        <v>238</v>
+        <v>396</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1637</v>
+        <v>1642</v>
       </c>
       <c r="H472" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1639</v>
+        <v>1644</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>978</v>
+        <v>961</v>
       </c>
       <c r="D473" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E473" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F473" t="s">
-        <v>238</v>
+        <v>552</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
       <c r="H473" t="s">
-        <v>1641</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>982</v>
+        <v>964</v>
       </c>
       <c r="D474" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E474" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F474" t="s">
-        <v>1109</v>
+        <v>552</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="H474" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>986</v>
+        <v>968</v>
       </c>
       <c r="D475" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E475" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F475" t="s">
-        <v>1109</v>
+        <v>1238</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
       <c r="H475" t="s">
-        <v>1647</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1648</v>
+        <v>1653</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>990</v>
+        <v>972</v>
       </c>
       <c r="D476" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E476" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F476" t="s">
-        <v>177</v>
+        <v>1298</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1649</v>
+        <v>1654</v>
       </c>
       <c r="H476" t="s">
-        <v>1650</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>994</v>
+        <v>977</v>
       </c>
       <c r="D477" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E477" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F477" t="s">
-        <v>177</v>
+        <v>1298</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="H477" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>998</v>
+        <v>1660</v>
       </c>
       <c r="D478" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E478" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F478" t="s">
-        <v>478</v>
+        <v>1298</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="H478" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1002</v>
+        <v>981</v>
       </c>
       <c r="D479" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E479" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F479" t="s">
-        <v>1180</v>
+        <v>661</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1658</v>
+        <v>1664</v>
       </c>
       <c r="H479" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1006</v>
+        <v>985</v>
       </c>
       <c r="D480" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E480" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F480" t="s">
-        <v>478</v>
+        <v>177</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1661</v>
+        <v>1667</v>
       </c>
       <c r="H480" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1010</v>
+        <v>989</v>
       </c>
       <c r="D481" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E481" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F481" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="H481" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1015</v>
+        <v>993</v>
       </c>
       <c r="D482" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E482" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F482" t="s">
-        <v>1240</v>
+        <v>177</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="H482" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1019</v>
+        <v>997</v>
       </c>
       <c r="D483" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E483" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F483" t="s">
-        <v>1240</v>
+        <v>273</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="H483" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1023</v>
+        <v>1001</v>
       </c>
       <c r="D484" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E484" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F484" t="s">
-        <v>55</v>
+        <v>273</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="H484" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>1027</v>
+        <v>1005</v>
       </c>
       <c r="D485" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E485" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F485" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="H485" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>1031</v>
+        <v>1009</v>
       </c>
       <c r="D486" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E486" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F486" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="H486" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1035</v>
+        <v>1013</v>
       </c>
       <c r="D487" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E487" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F487" t="s">
         <v>55</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="H487" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>1039</v>
+        <v>1017</v>
       </c>
       <c r="D488" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E488" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F488" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
       <c r="H488" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1687</v>
+        <v>1693</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>1043</v>
+        <v>1020</v>
       </c>
       <c r="D489" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E489" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F489" t="s">
-        <v>1180</v>
+        <v>238</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1688</v>
+        <v>1694</v>
       </c>
       <c r="H489" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1691</v>
+        <v>1024</v>
       </c>
       <c r="D490" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E490" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F490" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1692</v>
+        <v>1697</v>
       </c>
       <c r="H490" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1047</v>
+        <v>1028</v>
       </c>
       <c r="D491" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E491" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F491" t="s">
-        <v>612</v>
+        <v>1155</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="H491" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1051</v>
+        <v>1032</v>
       </c>
       <c r="D492" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E492" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F492" t="s">
-        <v>238</v>
+        <v>1155</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="H492" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1700</v>
+        <v>1705</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1055</v>
+        <v>1036</v>
       </c>
       <c r="D493" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E493" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F493" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="H493" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1704</v>
+        <v>1040</v>
       </c>
       <c r="D494" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E494" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F494" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="H494" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1063</v>
+        <v>1044</v>
       </c>
       <c r="D495" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E495" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F495" t="s">
-        <v>1180</v>
+        <v>527</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="H495" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1067</v>
+        <v>1048</v>
       </c>
       <c r="D496" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E496" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F496" t="s">
-        <v>168</v>
+        <v>1238</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="H496" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1713</v>
+        <v>1717</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1071</v>
+        <v>1052</v>
       </c>
       <c r="D497" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E497" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F497" t="s">
-        <v>168</v>
+        <v>527</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
       <c r="H497" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1075</v>
+        <v>1056</v>
       </c>
       <c r="D498" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E498" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F498" t="s">
-        <v>478</v>
+        <v>168</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="H498" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1079</v>
+        <v>1061</v>
       </c>
       <c r="D499" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E499" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F499" t="s">
-        <v>177</v>
+        <v>1298</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="H499" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1723</v>
+        <v>1065</v>
       </c>
       <c r="D500" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E500" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F500" t="s">
-        <v>55</v>
+        <v>1298</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
       <c r="H500" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1083</v>
+        <v>1069</v>
       </c>
       <c r="D501" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E501" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F501" t="s">
-        <v>1180</v>
+        <v>55</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="H501" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1087</v>
+        <v>1073</v>
       </c>
       <c r="D502" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E502" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F502" t="s">
-        <v>1180</v>
+        <v>168</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="H502" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1732</v>
+        <v>1735</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1092</v>
+        <v>1077</v>
       </c>
       <c r="D503" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E503" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F503" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1733</v>
+        <v>1736</v>
       </c>
       <c r="H503" t="s">
-        <v>1734</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1736</v>
+        <v>1081</v>
       </c>
       <c r="D504" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E504" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F504" t="s">
-        <v>1240</v>
+        <v>55</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="H504" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1096</v>
+        <v>1085</v>
       </c>
       <c r="D505" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E505" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F505" t="s">
-        <v>503</v>
+        <v>168</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="H505" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>1100</v>
+        <v>1089</v>
       </c>
       <c r="D506" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E506" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F506" t="s">
-        <v>1196</v>
+        <v>1238</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="H506" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>1104</v>
+        <v>1748</v>
       </c>
       <c r="D507" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E507" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F507" t="s">
-        <v>238</v>
+        <v>661</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="H507" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1108</v>
+        <v>1093</v>
       </c>
       <c r="D508" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E508" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F508" t="s">
-        <v>238</v>
+        <v>661</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="H508" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1113</v>
+        <v>1097</v>
       </c>
       <c r="D509" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E509" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F509" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="H509" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1117</v>
+        <v>1101</v>
       </c>
       <c r="D510" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E510" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F510" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="H510" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>1121</v>
+        <v>1761</v>
       </c>
       <c r="D511" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E511" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F511" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="H511" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1125</v>
+        <v>1109</v>
       </c>
       <c r="D512" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E512" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F512" t="s">
-        <v>177</v>
+        <v>1238</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="H512" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1129</v>
+        <v>1113</v>
       </c>
       <c r="D513" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E513" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F513" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="H513" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1133</v>
+        <v>1117</v>
       </c>
       <c r="D514" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E514" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F514" t="s">
-        <v>478</v>
+        <v>168</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1767</v>
+        <v>1771</v>
       </c>
       <c r="H514" t="s">
-        <v>1768</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1137</v>
+        <v>1121</v>
       </c>
       <c r="D515" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E515" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F515" t="s">
-        <v>168</v>
+        <v>527</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
       <c r="H515" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1772</v>
+        <v>1776</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1141</v>
+        <v>1125</v>
       </c>
       <c r="D516" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E516" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F516" t="s">
-        <v>478</v>
+        <v>177</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="H516" t="s">
-        <v>1774</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1145</v>
+        <v>1780</v>
       </c>
       <c r="D517" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E517" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F517" t="s">
-        <v>478</v>
+        <v>55</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="H517" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1149</v>
+        <v>1129</v>
       </c>
       <c r="D518" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E518" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F518" t="s">
-        <v>177</v>
+        <v>1238</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="H518" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1153</v>
+        <v>1133</v>
       </c>
       <c r="D519" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E519" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F519" t="s">
-        <v>177</v>
+        <v>1238</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
       <c r="H519" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1157</v>
+        <v>1138</v>
       </c>
       <c r="D520" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E520" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F520" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="H520" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1162</v>
+        <v>1793</v>
       </c>
       <c r="D521" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E521" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F521" t="s">
-        <v>1788</v>
+        <v>1298</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="H521" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1166</v>
+        <v>1142</v>
       </c>
       <c r="D522" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E522" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F522" t="s">
-        <v>168</v>
+        <v>552</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="H522" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1170</v>
+        <v>1146</v>
       </c>
       <c r="D523" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E523" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F523" t="s">
-        <v>1240</v>
+        <v>1254</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="H523" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1798</v>
+        <v>1150</v>
       </c>
       <c r="D524" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E524" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F524" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1799</v>
+        <v>1803</v>
       </c>
       <c r="H524" t="s">
-        <v>1800</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1801</v>
+        <v>1805</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1174</v>
+        <v>1154</v>
       </c>
       <c r="D525" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E525" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F525" t="s">
-        <v>1180</v>
+        <v>238</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1802</v>
+        <v>1806</v>
       </c>
       <c r="H525" t="s">
-        <v>1803</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1804</v>
+        <v>1808</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1805</v>
+        <v>1159</v>
       </c>
       <c r="D526" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E526" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F526" t="s">
-        <v>1180</v>
+        <v>661</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="H526" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1809</v>
+        <v>1163</v>
       </c>
       <c r="D527" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E527" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F527" t="s">
-        <v>612</v>
+        <v>552</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="H527" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1813</v>
+        <v>1167</v>
       </c>
       <c r="D528" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E528" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F528" t="s">
-        <v>503</v>
+        <v>177</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="H528" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1817</v>
+        <v>1171</v>
       </c>
       <c r="D529" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E529" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F529" t="s">
-        <v>503</v>
+        <v>177</v>
       </c>
       <c r="G529" s="1" t="s">
         <v>1818</v>
       </c>
       <c r="H529" t="s">
         <v>1819</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>1820</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F530" t="s">
+        <v>13</v>
+      </c>
+      <c r="G530" s="1" t="s">
         <v>1821</v>
       </c>
-      <c r="D530" t="s">
-[...8 lines deleted...]
-      <c r="G530" s="1" t="s">
+      <c r="H530" t="s">
         <v>1822</v>
-      </c>
-[...1 lines deleted...]
-        <v>1823</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F531" t="s">
+        <v>527</v>
+      </c>
+      <c r="G531" s="1" t="s">
         <v>1824</v>
       </c>
-      <c r="B531" t="s">
-[...2 lines deleted...]
-      <c r="C531" t="s">
+      <c r="H531" t="s">
         <v>1825</v>
-      </c>
-[...13 lines deleted...]
-        <v>1827</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F532" t="s">
+        <v>168</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H532" t="s">
         <v>1828</v>
-      </c>
-[...19 lines deleted...]
-        <v>1831</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1832</v>
+        <v>1829</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1833</v>
+        <v>1187</v>
       </c>
       <c r="D533" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E533" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F533" t="s">
-        <v>238</v>
+        <v>527</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1834</v>
+        <v>1830</v>
       </c>
       <c r="H533" t="s">
-        <v>1835</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1836</v>
+        <v>1832</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1837</v>
+        <v>1191</v>
       </c>
       <c r="D534" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E534" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F534" t="s">
-        <v>13</v>
+        <v>527</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1838</v>
+        <v>1833</v>
       </c>
       <c r="H534" t="s">
-        <v>1839</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1840</v>
+        <v>1835</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1841</v>
+        <v>1195</v>
       </c>
       <c r="D535" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E535" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F535" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1842</v>
+        <v>1836</v>
       </c>
       <c r="H535" t="s">
-        <v>1843</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1844</v>
+        <v>1838</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>1845</v>
+        <v>1199</v>
       </c>
       <c r="D536" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E536" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F536" t="s">
-        <v>612</v>
+        <v>177</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1846</v>
+        <v>1839</v>
       </c>
       <c r="H536" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1848</v>
+        <v>1841</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>1849</v>
+        <v>1203</v>
       </c>
       <c r="D537" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E537" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F537" t="s">
-        <v>478</v>
+        <v>661</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1850</v>
+        <v>1842</v>
       </c>
       <c r="H537" t="s">
-        <v>1851</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1852</v>
+        <v>1844</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>1853</v>
+        <v>1208</v>
       </c>
       <c r="D538" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E538" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F538" t="s">
-        <v>1196</v>
+        <v>1845</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1854</v>
+        <v>1846</v>
       </c>
       <c r="H538" t="s">
-        <v>1855</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1856</v>
+        <v>1848</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>1857</v>
+        <v>1212</v>
       </c>
       <c r="D539" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E539" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F539" t="s">
-        <v>612</v>
+        <v>168</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1858</v>
+        <v>1849</v>
       </c>
       <c r="H539" t="s">
-        <v>1859</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1860</v>
+        <v>1851</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>1861</v>
+        <v>1216</v>
       </c>
       <c r="D540" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E540" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F540" t="s">
-        <v>478</v>
+        <v>1298</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1862</v>
+        <v>1852</v>
       </c>
       <c r="H540" t="s">
-        <v>1863</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1864</v>
+        <v>1854</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>1865</v>
+        <v>1220</v>
       </c>
       <c r="D541" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E541" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F541" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
       <c r="H541" t="s">
-        <v>1867</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1868</v>
+        <v>1857</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>1869</v>
+        <v>1224</v>
       </c>
       <c r="D542" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E542" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F542" t="s">
-        <v>273</v>
+        <v>1238</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1870</v>
+        <v>1858</v>
       </c>
       <c r="H542" t="s">
-        <v>1871</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1872</v>
+        <v>1860</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>1873</v>
+        <v>1228</v>
       </c>
       <c r="D543" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E543" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F543" t="s">
-        <v>503</v>
+        <v>1238</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1874</v>
+        <v>1861</v>
       </c>
       <c r="H543" t="s">
-        <v>1875</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1876</v>
+        <v>1863</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>1877</v>
+        <v>1232</v>
       </c>
       <c r="D544" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E544" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F544" t="s">
-        <v>503</v>
+        <v>661</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1878</v>
+        <v>1864</v>
       </c>
       <c r="H544" t="s">
-        <v>1879</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1880</v>
+        <v>1866</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>1881</v>
+        <v>1867</v>
       </c>
       <c r="D545" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E545" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F545" t="s">
-        <v>478</v>
+        <v>552</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1882</v>
+        <v>1868</v>
       </c>
       <c r="H545" t="s">
-        <v>1883</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1884</v>
+        <v>1870</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>1885</v>
+        <v>1871</v>
       </c>
       <c r="D546" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E546" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F546" t="s">
-        <v>55</v>
+        <v>552</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1886</v>
+        <v>1872</v>
       </c>
       <c r="H546" t="s">
-        <v>1887</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1888</v>
+        <v>1874</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>1889</v>
+        <v>1875</v>
       </c>
       <c r="D547" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E547" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F547" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1890</v>
+        <v>1876</v>
       </c>
       <c r="H547" t="s">
-        <v>1891</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1892</v>
+        <v>1878</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>1893</v>
+        <v>1879</v>
       </c>
       <c r="D548" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E548" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F548" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1894</v>
+        <v>1880</v>
       </c>
       <c r="H548" t="s">
-        <v>1895</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1896</v>
+        <v>1882</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>1897</v>
+        <v>1883</v>
       </c>
       <c r="D549" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E549" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F549" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1898</v>
+        <v>1884</v>
       </c>
       <c r="H549" t="s">
-        <v>1899</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1900</v>
+        <v>1886</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>1901</v>
+        <v>1887</v>
       </c>
       <c r="D550" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E550" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F550" t="s">
-        <v>13</v>
+        <v>238</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1902</v>
+        <v>1888</v>
       </c>
       <c r="H550" t="s">
-        <v>1903</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1904</v>
+        <v>1890</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>1905</v>
+        <v>1891</v>
       </c>
       <c r="D551" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E551" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F551" t="s">
-        <v>273</v>
+        <v>13</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1906</v>
+        <v>1892</v>
       </c>
       <c r="H551" t="s">
-        <v>1907</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1908</v>
+        <v>1894</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>1909</v>
+        <v>1895</v>
       </c>
       <c r="D552" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E552" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F552" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1910</v>
+        <v>1896</v>
       </c>
       <c r="H552" t="s">
-        <v>1911</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>1912</v>
+        <v>1898</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>1913</v>
+        <v>1899</v>
       </c>
       <c r="D553" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E553" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F553" t="s">
-        <v>55</v>
+        <v>661</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1914</v>
+        <v>1900</v>
       </c>
       <c r="H553" t="s">
-        <v>1915</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>1916</v>
+        <v>1902</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>1917</v>
+        <v>1903</v>
       </c>
       <c r="D554" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E554" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F554" t="s">
-        <v>1180</v>
+        <v>527</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1918</v>
+        <v>1904</v>
       </c>
       <c r="H554" t="s">
-        <v>1919</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1920</v>
+        <v>1906</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>1921</v>
+        <v>1907</v>
       </c>
       <c r="D555" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E555" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F555" t="s">
-        <v>238</v>
+        <v>1254</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1922</v>
+        <v>1908</v>
       </c>
       <c r="H555" t="s">
-        <v>1923</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>1924</v>
+        <v>1910</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>1925</v>
+        <v>1911</v>
       </c>
       <c r="D556" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E556" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F556" t="s">
-        <v>1088</v>
+        <v>661</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1926</v>
+        <v>1912</v>
       </c>
       <c r="H556" t="s">
-        <v>1927</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>1928</v>
+        <v>1914</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>1929</v>
+        <v>1915</v>
       </c>
       <c r="D557" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E557" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F557" t="s">
-        <v>238</v>
+        <v>527</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1930</v>
+        <v>1916</v>
       </c>
       <c r="H557" t="s">
-        <v>1931</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>1932</v>
+        <v>1918</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>1933</v>
+        <v>1919</v>
       </c>
       <c r="D558" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E558" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F558" t="s">
         <v>13</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1934</v>
+        <v>1920</v>
       </c>
       <c r="H558" t="s">
-        <v>1935</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>1936</v>
+        <v>1922</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>1937</v>
+        <v>1923</v>
       </c>
       <c r="D559" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E559" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F559" t="s">
-        <v>373</v>
+        <v>273</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1938</v>
+        <v>1924</v>
       </c>
       <c r="H559" t="s">
-        <v>1939</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>1940</v>
+        <v>1926</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>1941</v>
+        <v>1927</v>
       </c>
       <c r="D560" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E560" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F560" t="s">
-        <v>273</v>
+        <v>552</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1942</v>
+        <v>1928</v>
       </c>
       <c r="H560" t="s">
-        <v>1943</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1944</v>
+        <v>1930</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>1945</v>
+        <v>1931</v>
       </c>
       <c r="D561" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E561" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F561" t="s">
-        <v>273</v>
+        <v>552</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1946</v>
+        <v>1932</v>
       </c>
       <c r="H561" t="s">
-        <v>1947</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1948</v>
+        <v>1934</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>1949</v>
+        <v>1935</v>
       </c>
       <c r="D562" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E562" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F562" t="s">
-        <v>55</v>
+        <v>527</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1950</v>
+        <v>1936</v>
       </c>
       <c r="H562" t="s">
-        <v>1951</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1952</v>
+        <v>1938</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>1953</v>
+        <v>1939</v>
       </c>
       <c r="D563" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E563" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F563" t="s">
         <v>55</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1954</v>
+        <v>1940</v>
       </c>
       <c r="H563" t="s">
-        <v>1955</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1956</v>
+        <v>1942</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>1957</v>
+        <v>1943</v>
       </c>
       <c r="D564" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E564" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F564" t="s">
         <v>168</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1958</v>
+        <v>1944</v>
       </c>
       <c r="H564" t="s">
-        <v>1959</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>1960</v>
+        <v>1946</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>1961</v>
+        <v>1947</v>
       </c>
       <c r="D565" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E565" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F565" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1962</v>
+        <v>1948</v>
       </c>
       <c r="H565" t="s">
-        <v>1963</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>1964</v>
+        <v>1950</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>1965</v>
+        <v>1951</v>
       </c>
       <c r="D566" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E566" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F566" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1966</v>
+        <v>1952</v>
       </c>
       <c r="H566" t="s">
-        <v>1967</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>1968</v>
+        <v>1954</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>1969</v>
+        <v>1955</v>
       </c>
       <c r="D567" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E567" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F567" t="s">
-        <v>612</v>
+        <v>13</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1970</v>
+        <v>1956</v>
       </c>
       <c r="H567" t="s">
-        <v>1971</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1972</v>
+        <v>1958</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>1973</v>
+        <v>1959</v>
       </c>
       <c r="D568" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E568" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F568" t="s">
-        <v>168</v>
+        <v>273</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1974</v>
+        <v>1960</v>
       </c>
       <c r="H568" t="s">
-        <v>1975</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>1976</v>
+        <v>1962</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>1977</v>
+        <v>1963</v>
       </c>
       <c r="D569" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E569" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F569" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1978</v>
+        <v>1964</v>
       </c>
       <c r="H569" t="s">
-        <v>1979</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>1980</v>
+        <v>1966</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>1981</v>
+        <v>1967</v>
       </c>
       <c r="D570" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E570" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F570" t="s">
-        <v>612</v>
+        <v>55</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>1982</v>
+        <v>1968</v>
       </c>
       <c r="H570" t="s">
-        <v>1983</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>1984</v>
+        <v>1970</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>1985</v>
+        <v>1971</v>
       </c>
       <c r="D571" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E571" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F571" t="s">
-        <v>1180</v>
+        <v>1238</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1986</v>
+        <v>1972</v>
       </c>
       <c r="H571" t="s">
-        <v>1987</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>1988</v>
+        <v>1974</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>1989</v>
+        <v>1975</v>
       </c>
       <c r="D572" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E572" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F572" t="s">
-        <v>273</v>
+        <v>238</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>1990</v>
+        <v>1976</v>
       </c>
       <c r="H572" t="s">
-        <v>1991</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>1992</v>
+        <v>1978</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>1993</v>
+        <v>1979</v>
       </c>
       <c r="D573" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E573" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F573" t="s">
-        <v>238</v>
+        <v>1134</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1994</v>
+        <v>1980</v>
       </c>
       <c r="H573" t="s">
-        <v>1995</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>1996</v>
+        <v>1982</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>1997</v>
+        <v>1983</v>
       </c>
       <c r="D574" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E574" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F574" t="s">
-        <v>273</v>
+        <v>238</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>1998</v>
+        <v>1984</v>
       </c>
       <c r="H574" t="s">
-        <v>1999</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2000</v>
+        <v>1986</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>2001</v>
+        <v>1987</v>
       </c>
       <c r="D575" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E575" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F575" t="s">
         <v>13</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="H575" t="s">
-        <v>2003</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2004</v>
+        <v>1990</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>2005</v>
+        <v>1991</v>
       </c>
       <c r="D576" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E576" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F576" t="s">
-        <v>177</v>
+        <v>396</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="H576" t="s">
-        <v>2007</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="D577" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E577" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F577" t="s">
-        <v>177</v>
+        <v>273</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2010</v>
+        <v>1996</v>
       </c>
       <c r="H577" t="s">
-        <v>2011</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="D578" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E578" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F578" t="s">
-        <v>177</v>
+        <v>273</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="H578" t="s">
-        <v>2015</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="D579" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E579" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F579" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2018</v>
+        <v>2004</v>
       </c>
       <c r="H579" t="s">
-        <v>2019</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="D580" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E580" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F580" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="H580" t="s">
-        <v>2023</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>2025</v>
+        <v>2011</v>
       </c>
       <c r="D581" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E581" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F581" t="s">
-        <v>612</v>
+        <v>168</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2026</v>
+        <v>2012</v>
       </c>
       <c r="H581" t="s">
-        <v>2027</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2028</v>
+        <v>2014</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>2029</v>
+        <v>2015</v>
       </c>
       <c r="D582" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E582" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F582" t="s">
-        <v>612</v>
+        <v>177</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2030</v>
+        <v>2016</v>
       </c>
       <c r="H582" t="s">
-        <v>2031</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2032</v>
+        <v>2018</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>2033</v>
+        <v>2019</v>
       </c>
       <c r="D583" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E583" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F583" t="s">
-        <v>273</v>
+        <v>13</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2034</v>
+        <v>2020</v>
       </c>
       <c r="H583" t="s">
-        <v>2035</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2036</v>
+        <v>2022</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>2037</v>
+        <v>2023</v>
       </c>
       <c r="D584" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E584" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F584" t="s">
-        <v>503</v>
+        <v>661</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2038</v>
+        <v>2024</v>
       </c>
       <c r="H584" t="s">
-        <v>2039</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2040</v>
+        <v>2026</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>2041</v>
+        <v>2027</v>
       </c>
       <c r="D585" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E585" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F585" t="s">
-        <v>612</v>
+        <v>168</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2042</v>
+        <v>2028</v>
       </c>
       <c r="H585" t="s">
-        <v>2043</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2044</v>
+        <v>2030</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>2045</v>
+        <v>2031</v>
       </c>
       <c r="D586" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E586" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F586" t="s">
-        <v>273</v>
+        <v>168</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2046</v>
+        <v>2032</v>
       </c>
       <c r="H586" t="s">
-        <v>2047</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2048</v>
+        <v>2034</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>2049</v>
+        <v>2035</v>
       </c>
       <c r="D587" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E587" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F587" t="s">
-        <v>55</v>
+        <v>661</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2050</v>
+        <v>2036</v>
       </c>
       <c r="H587" t="s">
-        <v>2051</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2052</v>
+        <v>2038</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>2053</v>
+        <v>2039</v>
       </c>
       <c r="D588" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E588" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F588" t="s">
-        <v>238</v>
+        <v>1238</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2054</v>
+        <v>2040</v>
       </c>
       <c r="H588" t="s">
-        <v>2055</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2056</v>
+        <v>2042</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>2057</v>
+        <v>2043</v>
       </c>
       <c r="D589" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E589" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F589" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2058</v>
+        <v>2044</v>
       </c>
       <c r="H589" t="s">
-        <v>2059</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2060</v>
+        <v>2046</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>2061</v>
+        <v>2047</v>
       </c>
       <c r="D590" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E590" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F590" t="s">
-        <v>1196</v>
+        <v>238</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2062</v>
+        <v>2048</v>
       </c>
       <c r="H590" t="s">
-        <v>2063</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2064</v>
+        <v>2050</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>2065</v>
+        <v>2051</v>
       </c>
       <c r="D591" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E591" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F591" t="s">
-        <v>168</v>
+        <v>273</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2066</v>
+        <v>2052</v>
       </c>
       <c r="H591" t="s">
-        <v>2067</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2068</v>
+        <v>2054</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>2069</v>
+        <v>2055</v>
       </c>
       <c r="D592" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E592" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F592" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2070</v>
+        <v>2056</v>
       </c>
       <c r="H592" t="s">
-        <v>2071</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2072</v>
+        <v>2058</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>2073</v>
+        <v>2059</v>
       </c>
       <c r="D593" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E593" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F593" t="s">
-        <v>1109</v>
+        <v>177</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2074</v>
+        <v>2060</v>
       </c>
       <c r="H593" t="s">
-        <v>2075</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2076</v>
+        <v>2062</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>2077</v>
+        <v>2063</v>
       </c>
       <c r="D594" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E594" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F594" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2078</v>
+        <v>2064</v>
       </c>
       <c r="H594" t="s">
-        <v>2079</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2080</v>
+        <v>2066</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>2081</v>
+        <v>2067</v>
       </c>
       <c r="D595" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E595" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F595" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2082</v>
+        <v>2068</v>
       </c>
       <c r="H595" t="s">
-        <v>2083</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2084</v>
+        <v>2070</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>2085</v>
+        <v>2071</v>
       </c>
       <c r="D596" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E596" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F596" t="s">
-        <v>55</v>
+        <v>552</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2086</v>
+        <v>2072</v>
       </c>
       <c r="H596" t="s">
-        <v>2087</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2088</v>
+        <v>2074</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>2089</v>
+        <v>2075</v>
       </c>
       <c r="D597" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E597" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F597" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2090</v>
+        <v>2076</v>
       </c>
       <c r="H597" t="s">
-        <v>2091</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2092</v>
+        <v>2078</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>2093</v>
+        <v>2079</v>
       </c>
       <c r="D598" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E598" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F598" t="s">
-        <v>168</v>
+        <v>661</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2094</v>
+        <v>2080</v>
       </c>
       <c r="H598" t="s">
-        <v>2095</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2096</v>
+        <v>2082</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>2097</v>
+        <v>2083</v>
       </c>
       <c r="D599" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E599" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F599" t="s">
-        <v>1240</v>
+        <v>661</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2098</v>
+        <v>2084</v>
       </c>
       <c r="H599" t="s">
-        <v>2099</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2100</v>
+        <v>2086</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>2101</v>
+        <v>2087</v>
       </c>
       <c r="D600" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E600" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F600" t="s">
-        <v>612</v>
+        <v>273</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2102</v>
+        <v>2088</v>
       </c>
       <c r="H600" t="s">
-        <v>2103</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2104</v>
+        <v>2090</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>2105</v>
+        <v>2091</v>
       </c>
       <c r="D601" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E601" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F601" t="s">
-        <v>177</v>
+        <v>552</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2106</v>
+        <v>2092</v>
       </c>
       <c r="H601" t="s">
-        <v>2107</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2108</v>
+        <v>2094</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>2109</v>
+        <v>2095</v>
       </c>
       <c r="D602" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E602" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F602" t="s">
-        <v>168</v>
+        <v>661</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2110</v>
+        <v>2096</v>
       </c>
       <c r="H602" t="s">
-        <v>2111</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2112</v>
+        <v>2098</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>2113</v>
+        <v>2099</v>
       </c>
       <c r="D603" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E603" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F603" t="s">
-        <v>168</v>
+        <v>273</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2114</v>
+        <v>2100</v>
       </c>
       <c r="H603" t="s">
-        <v>2115</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2116</v>
+        <v>2102</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>2117</v>
+        <v>2103</v>
       </c>
       <c r="D604" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E604" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F604" t="s">
-        <v>1240</v>
+        <v>55</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2118</v>
+        <v>2104</v>
       </c>
       <c r="H604" t="s">
-        <v>2119</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2120</v>
+        <v>2106</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>2121</v>
+        <v>2107</v>
       </c>
       <c r="D605" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E605" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F605" t="s">
-        <v>503</v>
+        <v>238</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2122</v>
+        <v>2108</v>
       </c>
       <c r="H605" t="s">
-        <v>2123</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2124</v>
+        <v>2110</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>2125</v>
+        <v>2111</v>
       </c>
       <c r="D606" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E606" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F606" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2126</v>
+        <v>2112</v>
       </c>
       <c r="H606" t="s">
-        <v>2127</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2128</v>
+        <v>2114</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>2129</v>
+        <v>2115</v>
       </c>
       <c r="D607" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E607" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F607" t="s">
-        <v>238</v>
+        <v>1254</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2130</v>
+        <v>2116</v>
       </c>
       <c r="H607" t="s">
-        <v>2131</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2132</v>
+        <v>2118</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>2133</v>
+        <v>2119</v>
       </c>
       <c r="D608" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E608" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F608" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2134</v>
+        <v>2120</v>
       </c>
       <c r="H608" t="s">
-        <v>2135</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2136</v>
+        <v>2122</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>2137</v>
+        <v>2123</v>
       </c>
       <c r="D609" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E609" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F609" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2138</v>
+        <v>2124</v>
       </c>
       <c r="H609" t="s">
-        <v>2139</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2140</v>
+        <v>2126</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>2141</v>
+        <v>2127</v>
       </c>
       <c r="D610" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E610" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F610" t="s">
-        <v>238</v>
+        <v>1155</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2142</v>
+        <v>2128</v>
       </c>
       <c r="H610" t="s">
-        <v>2143</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2144</v>
+        <v>2130</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>2145</v>
+        <v>2131</v>
       </c>
       <c r="D611" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E611" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F611" t="s">
-        <v>1180</v>
+        <v>168</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2146</v>
+        <v>2132</v>
       </c>
       <c r="H611" t="s">
-        <v>2147</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2148</v>
+        <v>2134</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>2149</v>
+        <v>2135</v>
       </c>
       <c r="D612" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E612" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F612" t="s">
         <v>238</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2150</v>
+        <v>2136</v>
       </c>
       <c r="H612" t="s">
-        <v>2151</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2152</v>
+        <v>2138</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>2153</v>
+        <v>2139</v>
       </c>
       <c r="D613" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E613" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F613" t="s">
-        <v>373</v>
+        <v>55</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2154</v>
+        <v>2140</v>
       </c>
       <c r="H613" t="s">
-        <v>2155</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2156</v>
+        <v>2142</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>2157</v>
+        <v>2143</v>
       </c>
       <c r="D614" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E614" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F614" t="s">
-        <v>478</v>
+        <v>55</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2158</v>
+        <v>2144</v>
       </c>
       <c r="H614" t="s">
-        <v>2159</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2160</v>
+        <v>2146</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>2161</v>
+        <v>2147</v>
       </c>
       <c r="D615" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E615" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F615" t="s">
-        <v>478</v>
+        <v>168</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2162</v>
+        <v>2148</v>
       </c>
       <c r="H615" t="s">
-        <v>2163</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2164</v>
+        <v>2150</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>2165</v>
+        <v>2151</v>
       </c>
       <c r="D616" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E616" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F616" t="s">
-        <v>55</v>
+        <v>1298</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2166</v>
+        <v>2152</v>
       </c>
       <c r="H616" t="s">
-        <v>2167</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2168</v>
+        <v>2154</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>2169</v>
+        <v>2155</v>
       </c>
       <c r="D617" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E617" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F617" t="s">
-        <v>273</v>
+        <v>661</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2170</v>
+        <v>2156</v>
       </c>
       <c r="H617" t="s">
-        <v>2171</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2172</v>
+        <v>2158</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>2173</v>
+        <v>2159</v>
       </c>
       <c r="D618" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E618" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F618" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2174</v>
+        <v>2160</v>
       </c>
       <c r="H618" t="s">
-        <v>2175</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2176</v>
+        <v>2162</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>2177</v>
+        <v>2163</v>
       </c>
       <c r="D619" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E619" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F619" t="s">
-        <v>273</v>
+        <v>168</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2178</v>
+        <v>2164</v>
       </c>
       <c r="H619" t="s">
-        <v>2179</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2180</v>
+        <v>2166</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>2181</v>
+        <v>2167</v>
       </c>
       <c r="D620" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E620" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F620" t="s">
         <v>168</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2182</v>
+        <v>2168</v>
       </c>
       <c r="H620" t="s">
-        <v>2183</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2184</v>
+        <v>2170</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>2185</v>
+        <v>2171</v>
       </c>
       <c r="D621" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E621" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F621" t="s">
-        <v>238</v>
+        <v>1298</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2186</v>
+        <v>2172</v>
       </c>
       <c r="H621" t="s">
-        <v>2187</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2188</v>
+        <v>2174</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>2189</v>
+        <v>2175</v>
       </c>
       <c r="D622" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E622" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F622" t="s">
-        <v>273</v>
+        <v>552</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2190</v>
+        <v>2176</v>
       </c>
       <c r="H622" t="s">
-        <v>2191</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2192</v>
+        <v>2178</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>2193</v>
+        <v>2179</v>
       </c>
       <c r="D623" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E623" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F623" t="s">
-        <v>55</v>
+        <v>661</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2194</v>
+        <v>2180</v>
       </c>
       <c r="H623" t="s">
-        <v>2195</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2196</v>
+        <v>2182</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>2197</v>
+        <v>2183</v>
       </c>
       <c r="D624" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E624" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F624" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2198</v>
+        <v>2184</v>
       </c>
       <c r="H624" t="s">
-        <v>2199</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2200</v>
+        <v>2186</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>2201</v>
+        <v>2187</v>
       </c>
       <c r="D625" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E625" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F625" t="s">
         <v>177</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2202</v>
+        <v>2188</v>
       </c>
       <c r="H625" t="s">
-        <v>2203</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2204</v>
+        <v>2190</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>2205</v>
+        <v>2191</v>
       </c>
       <c r="D626" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E626" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F626" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2206</v>
+        <v>2192</v>
       </c>
       <c r="H626" t="s">
-        <v>2207</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2208</v>
+        <v>2194</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>2209</v>
+        <v>2195</v>
       </c>
       <c r="D627" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E627" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F627" t="s">
-        <v>503</v>
+        <v>238</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2210</v>
+        <v>2196</v>
       </c>
       <c r="H627" t="s">
-        <v>2211</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2212</v>
+        <v>2198</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>2213</v>
+        <v>2199</v>
       </c>
       <c r="D628" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E628" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F628" t="s">
-        <v>503</v>
+        <v>1238</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2214</v>
+        <v>2200</v>
       </c>
       <c r="H628" t="s">
-        <v>2215</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2216</v>
+        <v>2202</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>2217</v>
+        <v>2203</v>
       </c>
       <c r="D629" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E629" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F629" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2218</v>
+        <v>2204</v>
       </c>
       <c r="H629" t="s">
-        <v>2219</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2220</v>
+        <v>2206</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>2221</v>
+        <v>2207</v>
       </c>
       <c r="D630" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E630" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F630" t="s">
-        <v>1180</v>
+        <v>396</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2222</v>
+        <v>2208</v>
       </c>
       <c r="H630" t="s">
-        <v>2223</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2224</v>
+        <v>2210</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>2225</v>
+        <v>2211</v>
       </c>
       <c r="D631" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E631" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F631" t="s">
-        <v>238</v>
+        <v>527</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2226</v>
+        <v>2212</v>
       </c>
       <c r="H631" t="s">
-        <v>2227</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2228</v>
+        <v>2214</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>2229</v>
+        <v>2215</v>
       </c>
       <c r="D632" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E632" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F632" t="s">
-        <v>168</v>
+        <v>527</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2230</v>
+        <v>2216</v>
       </c>
       <c r="H632" t="s">
-        <v>2231</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2232</v>
+        <v>2218</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>2233</v>
+        <v>2219</v>
       </c>
       <c r="D633" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E633" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F633" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2234</v>
+        <v>2220</v>
       </c>
       <c r="H633" t="s">
-        <v>2235</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2236</v>
+        <v>2222</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>2237</v>
+        <v>2223</v>
       </c>
       <c r="D634" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E634" t="s">
-        <v>1179</v>
+        <v>1237</v>
+      </c>
+      <c r="F634" t="s">
+        <v>273</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>146</v>
+        <v>2224</v>
       </c>
       <c r="H634" t="s">
-        <v>2238</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2239</v>
+        <v>2226</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>2240</v>
+        <v>2227</v>
       </c>
       <c r="D635" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E635" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F635" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2241</v>
+        <v>2228</v>
       </c>
       <c r="H635" t="s">
-        <v>2242</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2243</v>
+        <v>2230</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>2244</v>
+        <v>2231</v>
       </c>
       <c r="D636" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E636" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F636" t="s">
-        <v>168</v>
+        <v>273</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2245</v>
+        <v>2232</v>
       </c>
       <c r="H636" t="s">
-        <v>2246</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2247</v>
+        <v>2234</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>2248</v>
+        <v>2235</v>
       </c>
       <c r="D637" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E637" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F637" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2249</v>
+        <v>2236</v>
       </c>
       <c r="H637" t="s">
-        <v>2250</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2251</v>
+        <v>2238</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>2252</v>
+        <v>2239</v>
       </c>
       <c r="D638" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E638" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F638" t="s">
-        <v>478</v>
+        <v>238</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2253</v>
+        <v>2240</v>
       </c>
       <c r="H638" t="s">
-        <v>2254</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2255</v>
+        <v>2242</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>2256</v>
+        <v>2243</v>
       </c>
       <c r="D639" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E639" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F639" t="s">
-        <v>55</v>
+        <v>273</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2257</v>
+        <v>2244</v>
       </c>
       <c r="H639" t="s">
-        <v>2258</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2259</v>
+        <v>2246</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>2260</v>
+        <v>2247</v>
       </c>
       <c r="D640" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E640" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F640" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2261</v>
+        <v>2248</v>
       </c>
       <c r="H640" t="s">
-        <v>2262</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2263</v>
+        <v>2250</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>2264</v>
+        <v>2251</v>
       </c>
       <c r="D641" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E641" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F641" t="s">
-        <v>1240</v>
+        <v>177</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2265</v>
+        <v>2252</v>
       </c>
       <c r="H641" t="s">
-        <v>2266</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2267</v>
+        <v>2254</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>2268</v>
+        <v>2255</v>
       </c>
       <c r="D642" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E642" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F642" t="s">
-        <v>1240</v>
+        <v>177</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2269</v>
+        <v>2256</v>
       </c>
       <c r="H642" t="s">
-        <v>2270</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2271</v>
+        <v>2258</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>2272</v>
+        <v>2259</v>
       </c>
       <c r="D643" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E643" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F643" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2273</v>
+        <v>2260</v>
       </c>
       <c r="H643" t="s">
-        <v>2274</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2275</v>
+        <v>2262</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>2276</v>
+        <v>2263</v>
       </c>
       <c r="D644" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E644" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F644" t="s">
-        <v>177</v>
+        <v>552</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2277</v>
+        <v>2264</v>
       </c>
       <c r="H644" t="s">
-        <v>2278</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2279</v>
+        <v>2266</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>2280</v>
+        <v>2267</v>
       </c>
       <c r="D645" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E645" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F645" t="s">
-        <v>612</v>
+        <v>552</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2281</v>
+        <v>2268</v>
       </c>
       <c r="H645" t="s">
-        <v>2282</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2283</v>
+        <v>2270</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>2284</v>
+        <v>2271</v>
       </c>
       <c r="D646" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E646" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F646" t="s">
-        <v>273</v>
+        <v>661</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2285</v>
+        <v>2272</v>
       </c>
       <c r="H646" t="s">
-        <v>2286</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2287</v>
+        <v>2274</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>2288</v>
+        <v>2275</v>
       </c>
       <c r="D647" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E647" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F647" t="s">
-        <v>177</v>
+        <v>1238</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2289</v>
+        <v>2276</v>
       </c>
       <c r="H647" t="s">
-        <v>2290</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2291</v>
+        <v>2278</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>2292</v>
+        <v>2279</v>
       </c>
       <c r="D648" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E648" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F648" t="s">
-        <v>478</v>
+        <v>238</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2293</v>
+        <v>2280</v>
       </c>
       <c r="H648" t="s">
-        <v>2294</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2295</v>
+        <v>2282</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>2296</v>
+        <v>2283</v>
       </c>
       <c r="D649" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E649" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F649" t="s">
-        <v>273</v>
+        <v>168</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2297</v>
+        <v>2284</v>
       </c>
       <c r="H649" t="s">
-        <v>2298</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2299</v>
+        <v>2286</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>2300</v>
+        <v>2287</v>
       </c>
       <c r="D650" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E650" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F650" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2301</v>
+        <v>2288</v>
       </c>
       <c r="H650" t="s">
-        <v>2302</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2303</v>
+        <v>2290</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>2304</v>
+        <v>2291</v>
       </c>
       <c r="D651" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E651" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>1237</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2305</v>
+        <v>420</v>
       </c>
       <c r="H651" t="s">
-        <v>2306</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2307</v>
+        <v>2293</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>2308</v>
+        <v>2294</v>
       </c>
       <c r="D652" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E652" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F652" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2309</v>
+        <v>2295</v>
       </c>
       <c r="H652" t="s">
-        <v>2310</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2311</v>
+        <v>2297</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>2312</v>
+        <v>2298</v>
       </c>
       <c r="D653" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E653" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F653" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2313</v>
+        <v>2299</v>
       </c>
       <c r="H653" t="s">
-        <v>2314</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2315</v>
+        <v>2301</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>2316</v>
+        <v>2302</v>
       </c>
       <c r="D654" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E654" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F654" t="s">
-        <v>1180</v>
+        <v>55</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2317</v>
+        <v>2303</v>
       </c>
       <c r="H654" t="s">
-        <v>2318</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2319</v>
+        <v>2305</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>2320</v>
+        <v>2306</v>
       </c>
       <c r="D655" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E655" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F655" t="s">
-        <v>238</v>
+        <v>527</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2321</v>
+        <v>2307</v>
       </c>
       <c r="H655" t="s">
-        <v>2322</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2323</v>
+        <v>2309</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>2324</v>
+        <v>2310</v>
       </c>
       <c r="D656" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E656" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F656" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2325</v>
+        <v>2311</v>
       </c>
       <c r="H656" t="s">
-        <v>2326</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2327</v>
+        <v>2313</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>2328</v>
+        <v>2314</v>
       </c>
       <c r="D657" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E657" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F657" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2329</v>
+        <v>2315</v>
       </c>
       <c r="H657" t="s">
-        <v>2330</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2331</v>
+        <v>2317</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>2332</v>
+        <v>2318</v>
       </c>
       <c r="D658" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E658" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F658" t="s">
-        <v>13</v>
+        <v>1298</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2333</v>
+        <v>2319</v>
       </c>
       <c r="H658" t="s">
-        <v>2334</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2335</v>
+        <v>2321</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>2336</v>
+        <v>2322</v>
       </c>
       <c r="D659" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E659" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F659" t="s">
-        <v>168</v>
+        <v>1298</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2337</v>
+        <v>2323</v>
       </c>
       <c r="H659" t="s">
-        <v>2338</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2339</v>
+        <v>2325</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>2340</v>
+        <v>2326</v>
       </c>
       <c r="D660" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E660" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F660" t="s">
-        <v>168</v>
+        <v>661</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2341</v>
+        <v>2327</v>
       </c>
       <c r="H660" t="s">
-        <v>2342</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2343</v>
+        <v>2329</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>2344</v>
+        <v>2330</v>
       </c>
       <c r="D661" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E661" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F661" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2345</v>
+        <v>2331</v>
       </c>
       <c r="H661" t="s">
-        <v>2346</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2347</v>
+        <v>2333</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>2348</v>
+        <v>2334</v>
       </c>
       <c r="D662" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E662" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F662" t="s">
-        <v>273</v>
+        <v>661</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2349</v>
+        <v>2335</v>
       </c>
       <c r="H662" t="s">
-        <v>2350</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2351</v>
+        <v>2337</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>2352</v>
+        <v>2338</v>
       </c>
       <c r="D663" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E663" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F663" t="s">
-        <v>55</v>
+        <v>273</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2353</v>
+        <v>2339</v>
       </c>
       <c r="H663" t="s">
-        <v>2354</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2355</v>
+        <v>2341</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>2356</v>
+        <v>2342</v>
       </c>
       <c r="D664" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E664" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F664" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2357</v>
+        <v>2343</v>
       </c>
       <c r="H664" t="s">
-        <v>2358</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2359</v>
+        <v>2345</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>2360</v>
+        <v>2346</v>
       </c>
       <c r="D665" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E665" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F665" t="s">
-        <v>238</v>
+        <v>527</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2361</v>
+        <v>2347</v>
       </c>
       <c r="H665" t="s">
-        <v>2362</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2363</v>
+        <v>2349</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>2364</v>
+        <v>2350</v>
       </c>
       <c r="D666" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E666" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F666" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2365</v>
+        <v>2351</v>
       </c>
       <c r="H666" t="s">
-        <v>2366</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2367</v>
+        <v>2353</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>2368</v>
+        <v>2354</v>
       </c>
       <c r="D667" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E667" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F667" t="s">
-        <v>2369</v>
+        <v>238</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2370</v>
+        <v>2355</v>
       </c>
       <c r="H667" t="s">
-        <v>2371</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2372</v>
+        <v>2357</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>2373</v>
+        <v>2358</v>
       </c>
       <c r="D668" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E668" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F668" t="s">
-        <v>373</v>
+        <v>273</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2374</v>
+        <v>2359</v>
       </c>
       <c r="H668" t="s">
-        <v>2375</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2376</v>
+        <v>2361</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>2377</v>
+        <v>2362</v>
       </c>
       <c r="D669" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E669" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F669" t="s">
-        <v>273</v>
+        <v>168</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2378</v>
+        <v>2363</v>
       </c>
       <c r="H669" t="s">
-        <v>2379</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2380</v>
+        <v>2365</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>2381</v>
+        <v>2366</v>
       </c>
       <c r="D670" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E670" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F670" t="s">
-        <v>503</v>
+        <v>238</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2382</v>
+        <v>2367</v>
       </c>
       <c r="H670" t="s">
-        <v>2383</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2384</v>
+        <v>2369</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>2385</v>
+        <v>2370</v>
       </c>
       <c r="D671" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E671" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F671" t="s">
-        <v>1180</v>
+        <v>1238</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2386</v>
+        <v>2371</v>
       </c>
       <c r="H671" t="s">
-        <v>2387</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2388</v>
+        <v>2373</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>2389</v>
+        <v>2374</v>
       </c>
       <c r="D672" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E672" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F672" t="s">
-        <v>478</v>
+        <v>238</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2390</v>
+        <v>2375</v>
       </c>
       <c r="H672" t="s">
-        <v>2391</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2392</v>
+        <v>2377</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>2393</v>
+        <v>2378</v>
       </c>
       <c r="D673" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E673" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F673" t="s">
-        <v>612</v>
+        <v>13</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2394</v>
+        <v>2379</v>
       </c>
       <c r="H673" t="s">
-        <v>2395</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2396</v>
+        <v>2381</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>2397</v>
+        <v>2382</v>
       </c>
       <c r="D674" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E674" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F674" t="s">
-        <v>1180</v>
+        <v>13</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2398</v>
+        <v>2383</v>
       </c>
       <c r="H674" t="s">
-        <v>2399</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2400</v>
+        <v>2385</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>2401</v>
+        <v>2386</v>
       </c>
       <c r="D675" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E675" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F675" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2402</v>
+        <v>2387</v>
       </c>
       <c r="H675" t="s">
-        <v>2403</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2404</v>
+        <v>2389</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>2405</v>
+        <v>2390</v>
       </c>
       <c r="D676" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E676" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F676" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2406</v>
+        <v>2391</v>
       </c>
       <c r="H676" t="s">
-        <v>2407</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2408</v>
+        <v>2393</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>2409</v>
+        <v>2394</v>
       </c>
       <c r="D677" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E677" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F677" t="s">
-        <v>1240</v>
+        <v>168</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2410</v>
+        <v>2395</v>
       </c>
       <c r="H677" t="s">
-        <v>2411</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2412</v>
+        <v>2397</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>2413</v>
+        <v>2398</v>
       </c>
       <c r="D678" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E678" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F678" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2414</v>
+        <v>2399</v>
       </c>
       <c r="H678" t="s">
-        <v>2415</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2416</v>
+        <v>2401</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>2417</v>
+        <v>2402</v>
       </c>
       <c r="D679" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E679" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F679" t="s">
-        <v>612</v>
+        <v>273</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2418</v>
+        <v>2403</v>
       </c>
       <c r="H679" t="s">
-        <v>2419</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2420</v>
+        <v>2405</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>2421</v>
+        <v>2406</v>
       </c>
       <c r="D680" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E680" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F680" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2422</v>
+        <v>2407</v>
       </c>
       <c r="H680" t="s">
-        <v>2423</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2424</v>
+        <v>2409</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>2425</v>
+        <v>2410</v>
       </c>
       <c r="D681" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E681" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F681" t="s">
-        <v>373</v>
+        <v>238</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2426</v>
+        <v>2411</v>
       </c>
       <c r="H681" t="s">
-        <v>2427</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2428</v>
+        <v>2413</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>2429</v>
+        <v>2414</v>
       </c>
       <c r="D682" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E682" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F682" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2430</v>
+        <v>2415</v>
       </c>
       <c r="H682" t="s">
-        <v>2431</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2432</v>
+        <v>2417</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>2433</v>
+        <v>2418</v>
       </c>
       <c r="D683" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E683" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F683" t="s">
-        <v>273</v>
+        <v>238</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2434</v>
+        <v>2419</v>
       </c>
       <c r="H683" t="s">
-        <v>2435</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2436</v>
+        <v>2421</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>2437</v>
+        <v>2422</v>
       </c>
       <c r="D684" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E684" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F684" t="s">
-        <v>238</v>
+        <v>2423</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2438</v>
+        <v>2424</v>
       </c>
       <c r="H684" t="s">
-        <v>2439</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2440</v>
+        <v>2426</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>2441</v>
+        <v>2427</v>
       </c>
       <c r="D685" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E685" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F685" t="s">
-        <v>238</v>
+        <v>396</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2442</v>
+        <v>2428</v>
       </c>
       <c r="H685" t="s">
-        <v>2443</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2444</v>
+        <v>2430</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>2445</v>
+        <v>2431</v>
       </c>
       <c r="D686" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E686" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F686" t="s">
-        <v>13</v>
+        <v>273</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2446</v>
+        <v>2432</v>
       </c>
       <c r="H686" t="s">
-        <v>2447</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2448</v>
+        <v>2434</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>2449</v>
+        <v>2435</v>
       </c>
       <c r="D687" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E687" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F687" t="s">
-        <v>13</v>
+        <v>552</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2450</v>
+        <v>2436</v>
       </c>
       <c r="H687" t="s">
-        <v>2451</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2452</v>
+        <v>2438</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>2453</v>
+        <v>2439</v>
       </c>
       <c r="D688" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E688" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F688" t="s">
-        <v>238</v>
+        <v>1238</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2454</v>
+        <v>2440</v>
       </c>
       <c r="H688" t="s">
-        <v>2455</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2456</v>
+        <v>2442</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>2457</v>
+        <v>2443</v>
       </c>
       <c r="D689" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E689" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F689" t="s">
-        <v>1180</v>
+        <v>527</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2458</v>
+        <v>2444</v>
       </c>
       <c r="H689" t="s">
-        <v>2459</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2460</v>
+        <v>2446</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>2461</v>
+        <v>2447</v>
       </c>
       <c r="D690" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E690" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F690" t="s">
-        <v>55</v>
+        <v>661</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2462</v>
+        <v>2448</v>
       </c>
       <c r="H690" t="s">
-        <v>2463</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2464</v>
+        <v>2450</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>2465</v>
+        <v>2451</v>
       </c>
       <c r="D691" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E691" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F691" t="s">
-        <v>273</v>
+        <v>1238</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2466</v>
+        <v>2452</v>
       </c>
       <c r="H691" t="s">
-        <v>2467</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2468</v>
+        <v>2454</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>2469</v>
+        <v>2455</v>
       </c>
       <c r="D692" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E692" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F692" t="s">
-        <v>373</v>
+        <v>55</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2470</v>
+        <v>2456</v>
       </c>
       <c r="H692" t="s">
-        <v>2471</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2472</v>
+        <v>2458</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>2473</v>
+        <v>2459</v>
       </c>
       <c r="D693" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E693" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F693" t="s">
-        <v>503</v>
+        <v>177</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2474</v>
+        <v>2460</v>
       </c>
       <c r="H693" t="s">
-        <v>2475</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2476</v>
+        <v>2462</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>2477</v>
+        <v>2463</v>
       </c>
       <c r="D694" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E694" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F694" t="s">
-        <v>177</v>
+        <v>1298</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2478</v>
+        <v>2464</v>
       </c>
       <c r="H694" t="s">
-        <v>2479</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2480</v>
+        <v>2466</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>2481</v>
+        <v>2467</v>
       </c>
       <c r="D695" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E695" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F695" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2482</v>
+        <v>2468</v>
       </c>
       <c r="H695" t="s">
-        <v>2483</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2484</v>
+        <v>2470</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>2485</v>
+        <v>2471</v>
       </c>
       <c r="D696" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E696" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F696" t="s">
-        <v>177</v>
+        <v>661</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2486</v>
+        <v>2472</v>
       </c>
       <c r="H696" t="s">
-        <v>2487</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2488</v>
+        <v>2474</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>2489</v>
+        <v>2475</v>
       </c>
       <c r="D697" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E697" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F697" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2490</v>
+        <v>2476</v>
       </c>
       <c r="H697" t="s">
-        <v>2491</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2492</v>
+        <v>2478</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>2493</v>
+        <v>2479</v>
       </c>
       <c r="D698" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E698" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F698" t="s">
-        <v>168</v>
+        <v>396</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2494</v>
+        <v>2480</v>
       </c>
       <c r="H698" t="s">
-        <v>2495</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2496</v>
+        <v>2482</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>2497</v>
+        <v>2483</v>
       </c>
       <c r="D699" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E699" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F699" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2498</v>
+        <v>2484</v>
       </c>
       <c r="H699" t="s">
-        <v>2499</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2500</v>
+        <v>2486</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>2501</v>
+        <v>2487</v>
       </c>
       <c r="D700" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E700" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F700" t="s">
-        <v>55</v>
+        <v>273</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2502</v>
+        <v>2488</v>
       </c>
       <c r="H700" t="s">
-        <v>2503</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2504</v>
+        <v>2490</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>2505</v>
+        <v>2491</v>
       </c>
       <c r="D701" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E701" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F701" t="s">
         <v>238</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2506</v>
+        <v>2492</v>
       </c>
       <c r="H701" t="s">
-        <v>2507</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2508</v>
+        <v>2494</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>2509</v>
+        <v>2495</v>
       </c>
       <c r="D702" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E702" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F702" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2510</v>
+        <v>2496</v>
       </c>
       <c r="H702" t="s">
-        <v>2511</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2512</v>
+        <v>2498</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>2513</v>
+        <v>2499</v>
       </c>
       <c r="D703" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E703" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F703" t="s">
-        <v>612</v>
+        <v>13</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2514</v>
+        <v>2500</v>
       </c>
       <c r="H703" t="s">
-        <v>2515</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2516</v>
+        <v>2502</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>2517</v>
+        <v>2503</v>
       </c>
       <c r="D704" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E704" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F704" t="s">
-        <v>612</v>
+        <v>13</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2518</v>
+        <v>2504</v>
       </c>
       <c r="H704" t="s">
-        <v>2519</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2520</v>
+        <v>2506</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>2521</v>
+        <v>2507</v>
       </c>
       <c r="D705" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E705" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F705" t="s">
         <v>238</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2522</v>
+        <v>2508</v>
       </c>
       <c r="H705" t="s">
-        <v>2523</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2524</v>
+        <v>2510</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>2525</v>
+        <v>2511</v>
       </c>
       <c r="D706" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E706" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F706" t="s">
-        <v>13</v>
+        <v>1238</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2526</v>
+        <v>2512</v>
       </c>
       <c r="H706" t="s">
-        <v>2527</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2528</v>
+        <v>2514</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>2529</v>
+        <v>2515</v>
       </c>
       <c r="D707" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E707" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F707" t="s">
-        <v>238</v>
+        <v>55</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2530</v>
+        <v>2516</v>
       </c>
       <c r="H707" t="s">
-        <v>2531</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2532</v>
+        <v>2518</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>2533</v>
+        <v>2519</v>
       </c>
       <c r="D708" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E708" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F708" t="s">
-        <v>373</v>
+        <v>273</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2534</v>
+        <v>2520</v>
       </c>
       <c r="H708" t="s">
-        <v>2535</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2536</v>
+        <v>2522</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>2537</v>
+        <v>2523</v>
       </c>
       <c r="D709" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E709" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F709" t="s">
-        <v>168</v>
+        <v>396</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2538</v>
+        <v>2524</v>
       </c>
       <c r="H709" t="s">
-        <v>2539</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2540</v>
+        <v>2526</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>2541</v>
+        <v>2527</v>
       </c>
       <c r="D710" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E710" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F710" t="s">
-        <v>238</v>
+        <v>552</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2542</v>
+        <v>2528</v>
       </c>
       <c r="H710" t="s">
-        <v>2543</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2544</v>
+        <v>2530</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>2545</v>
+        <v>2531</v>
       </c>
       <c r="D711" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E711" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F711" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2546</v>
+        <v>2532</v>
       </c>
       <c r="H711" t="s">
-        <v>2547</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2548</v>
+        <v>2534</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>2549</v>
+        <v>2535</v>
       </c>
       <c r="D712" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E712" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F712" t="s">
-        <v>168</v>
+        <v>552</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2550</v>
+        <v>2536</v>
       </c>
       <c r="H712" t="s">
-        <v>2551</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2552</v>
+        <v>2538</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>2553</v>
+        <v>2539</v>
       </c>
       <c r="D713" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E713" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F713" t="s">
-        <v>1109</v>
+        <v>177</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2554</v>
+        <v>2540</v>
       </c>
       <c r="H713" t="s">
-        <v>2555</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2556</v>
+        <v>2542</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>2557</v>
+        <v>2543</v>
       </c>
       <c r="D714" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E714" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F714" t="s">
         <v>55</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2558</v>
+        <v>2544</v>
       </c>
       <c r="H714" t="s">
-        <v>2559</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2560</v>
+        <v>2546</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>2561</v>
+        <v>2547</v>
       </c>
       <c r="D715" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E715" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F715" t="s">
-        <v>273</v>
+        <v>168</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2562</v>
+        <v>2548</v>
       </c>
       <c r="H715" t="s">
-        <v>2563</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2564</v>
+        <v>2550</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>2565</v>
+        <v>2551</v>
       </c>
       <c r="D716" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E716" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F716" t="s">
-        <v>273</v>
+        <v>177</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2566</v>
+        <v>2552</v>
       </c>
       <c r="H716" t="s">
-        <v>2567</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2568</v>
+        <v>2554</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>2569</v>
+        <v>2555</v>
       </c>
       <c r="D717" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E717" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F717" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2570</v>
+        <v>2556</v>
       </c>
       <c r="H717" t="s">
-        <v>2571</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2572</v>
+        <v>2558</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>2573</v>
+        <v>2559</v>
       </c>
       <c r="D718" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E718" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F718" t="s">
-        <v>503</v>
+        <v>238</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2574</v>
+        <v>2560</v>
       </c>
       <c r="H718" t="s">
-        <v>2575</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2576</v>
+        <v>2562</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>2577</v>
+        <v>2563</v>
       </c>
       <c r="D719" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E719" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F719" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2578</v>
+        <v>2564</v>
       </c>
       <c r="H719" t="s">
-        <v>2579</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2580</v>
+        <v>2566</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>2581</v>
+        <v>2567</v>
       </c>
       <c r="D720" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E720" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F720" t="s">
-        <v>13</v>
+        <v>661</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2582</v>
+        <v>2568</v>
       </c>
       <c r="H720" t="s">
-        <v>2583</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2584</v>
+        <v>2570</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>2585</v>
+        <v>2571</v>
       </c>
       <c r="D721" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E721" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F721" t="s">
-        <v>1240</v>
+        <v>661</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2586</v>
+        <v>2572</v>
       </c>
       <c r="H721" t="s">
-        <v>2587</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2588</v>
+        <v>2574</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>2589</v>
+        <v>2575</v>
       </c>
       <c r="D722" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E722" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F722" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2590</v>
+        <v>2576</v>
       </c>
       <c r="H722" t="s">
-        <v>2591</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2592</v>
+        <v>2578</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>2593</v>
+        <v>2579</v>
       </c>
       <c r="D723" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E723" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F723" t="s">
-        <v>238</v>
+        <v>13</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2594</v>
+        <v>2580</v>
       </c>
       <c r="H723" t="s">
-        <v>2595</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2596</v>
+        <v>2582</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>2597</v>
+        <v>2583</v>
       </c>
       <c r="D724" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E724" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F724" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2598</v>
+        <v>2584</v>
       </c>
       <c r="H724" t="s">
-        <v>2599</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2600</v>
+        <v>2586</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>2601</v>
+        <v>2587</v>
       </c>
       <c r="D725" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E725" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F725" t="s">
-        <v>1180</v>
+        <v>396</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2602</v>
+        <v>2588</v>
       </c>
       <c r="H725" t="s">
-        <v>2603</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2604</v>
+        <v>2590</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>2605</v>
+        <v>2591</v>
       </c>
       <c r="D726" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E726" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F726" t="s">
-        <v>373</v>
+        <v>168</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2606</v>
+        <v>2592</v>
       </c>
       <c r="H726" t="s">
-        <v>2607</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2608</v>
+        <v>2594</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>2609</v>
+        <v>2595</v>
       </c>
       <c r="D727" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E727" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F727" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2610</v>
+        <v>2596</v>
       </c>
       <c r="H727" t="s">
-        <v>2611</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2612</v>
+        <v>2598</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>2613</v>
+        <v>2599</v>
       </c>
       <c r="D728" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E728" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F728" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2614</v>
+        <v>2600</v>
       </c>
       <c r="H728" t="s">
-        <v>2615</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2616</v>
+        <v>2602</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>2617</v>
+        <v>2603</v>
       </c>
       <c r="D729" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E729" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F729" t="s">
         <v>168</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2618</v>
+        <v>2604</v>
       </c>
       <c r="H729" t="s">
-        <v>2619</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2620</v>
+        <v>2606</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>2621</v>
+        <v>2607</v>
       </c>
       <c r="D730" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E730" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F730" t="s">
-        <v>2622</v>
+        <v>1155</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2623</v>
+        <v>2608</v>
       </c>
       <c r="H730" t="s">
-        <v>2624</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2625</v>
+        <v>2610</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>2626</v>
+        <v>2611</v>
       </c>
       <c r="D731" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E731" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F731" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2627</v>
+        <v>2612</v>
       </c>
       <c r="H731" t="s">
-        <v>2628</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2629</v>
+        <v>2614</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>2630</v>
+        <v>2615</v>
       </c>
       <c r="D732" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E732" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F732" t="s">
-        <v>177</v>
+        <v>273</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2631</v>
+        <v>2616</v>
       </c>
       <c r="H732" t="s">
-        <v>2632</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2633</v>
+        <v>2618</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>2634</v>
+        <v>2619</v>
       </c>
       <c r="D733" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E733" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F733" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2635</v>
+        <v>2620</v>
       </c>
       <c r="H733" t="s">
-        <v>2636</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2637</v>
+        <v>2622</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>2638</v>
+        <v>2623</v>
       </c>
       <c r="D734" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E734" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F734" t="s">
-        <v>177</v>
+        <v>552</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2639</v>
+        <v>2624</v>
       </c>
       <c r="H734" t="s">
-        <v>2640</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2641</v>
+        <v>2626</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>2642</v>
+        <v>2627</v>
       </c>
       <c r="D735" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E735" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F735" t="s">
-        <v>177</v>
+        <v>552</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2643</v>
+        <v>2628</v>
       </c>
       <c r="H735" t="s">
-        <v>2644</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2645</v>
+        <v>2630</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>2646</v>
+        <v>2631</v>
       </c>
       <c r="D736" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E736" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F736" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2647</v>
+        <v>2632</v>
       </c>
       <c r="H736" t="s">
-        <v>2648</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2649</v>
+        <v>2634</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>2650</v>
+        <v>2635</v>
       </c>
       <c r="D737" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E737" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F737" t="s">
-        <v>612</v>
+        <v>13</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2651</v>
+        <v>2636</v>
       </c>
       <c r="H737" t="s">
-        <v>2652</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2653</v>
+        <v>2638</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>2654</v>
+        <v>2639</v>
       </c>
       <c r="D738" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E738" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F738" t="s">
-        <v>1109</v>
+        <v>1298</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2655</v>
+        <v>2640</v>
       </c>
       <c r="H738" t="s">
-        <v>2656</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2657</v>
+        <v>2642</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>2658</v>
+        <v>2643</v>
       </c>
       <c r="D739" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E739" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F739" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2659</v>
+        <v>2644</v>
       </c>
       <c r="H739" t="s">
-        <v>2660</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2661</v>
+        <v>2646</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>2662</v>
+        <v>2647</v>
       </c>
       <c r="D740" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E740" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F740" t="s">
-        <v>13</v>
+        <v>238</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2663</v>
+        <v>2648</v>
       </c>
       <c r="H740" t="s">
-        <v>2664</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2665</v>
+        <v>2650</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>2666</v>
+        <v>2651</v>
       </c>
       <c r="D741" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E741" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F741" t="s">
-        <v>373</v>
+        <v>661</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2667</v>
+        <v>2652</v>
       </c>
       <c r="H741" t="s">
-        <v>2668</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2669</v>
+        <v>2654</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>2670</v>
+        <v>2655</v>
       </c>
       <c r="D742" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E742" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F742" t="s">
-        <v>373</v>
+        <v>1238</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2671</v>
+        <v>2656</v>
       </c>
       <c r="H742" t="s">
-        <v>2672</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2673</v>
+        <v>2658</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>2674</v>
+        <v>2659</v>
       </c>
       <c r="D743" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E743" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F743" t="s">
-        <v>55</v>
+        <v>396</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2675</v>
+        <v>2660</v>
       </c>
       <c r="H743" t="s">
-        <v>2676</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2677</v>
+        <v>2662</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>2678</v>
+        <v>2663</v>
       </c>
       <c r="D744" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E744" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F744" t="s">
         <v>177</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2679</v>
+        <v>2664</v>
       </c>
       <c r="H744" t="s">
-        <v>2680</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2681</v>
+        <v>2666</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>2682</v>
+        <v>2667</v>
       </c>
       <c r="D745" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E745" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F745" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2683</v>
+        <v>2668</v>
       </c>
       <c r="H745" t="s">
-        <v>2684</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2685</v>
+        <v>2670</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>2686</v>
+        <v>2671</v>
       </c>
       <c r="D746" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E746" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F746" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2687</v>
+        <v>2672</v>
       </c>
       <c r="H746" t="s">
-        <v>2688</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2689</v>
+        <v>2674</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>2690</v>
+        <v>2675</v>
       </c>
       <c r="D747" t="s">
-        <v>1178</v>
+        <v>1236</v>
       </c>
       <c r="E747" t="s">
-        <v>1179</v>
+        <v>1237</v>
       </c>
       <c r="F747" t="s">
-        <v>238</v>
+        <v>2676</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2691</v>
+        <v>2677</v>
       </c>
       <c r="H747" t="s">
-        <v>2692</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2693</v>
+        <v>2679</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>10</v>
+        <v>2680</v>
       </c>
       <c r="D748" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E748" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F748" t="s">
-        <v>2696</v>
+        <v>177</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2697</v>
+        <v>2681</v>
       </c>
       <c r="H748" t="s">
-        <v>2698</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2699</v>
+        <v>2683</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>17</v>
+        <v>2684</v>
       </c>
       <c r="D749" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E749" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F749" t="s">
-        <v>478</v>
+        <v>177</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>146</v>
+        <v>2685</v>
       </c>
       <c r="H749" t="s">
-        <v>2700</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2701</v>
+        <v>2687</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>22</v>
+        <v>2688</v>
       </c>
       <c r="D750" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E750" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F750" t="s">
-        <v>478</v>
+        <v>238</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2702</v>
+        <v>2689</v>
       </c>
       <c r="H750" t="s">
-        <v>2703</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2704</v>
+        <v>2691</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>25</v>
+        <v>2692</v>
       </c>
       <c r="D751" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E751" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F751" t="s">
+        <v>177</v>
+      </c>
+      <c r="G751" s="1" t="s">
+        <v>2693</v>
+      </c>
+      <c r="H751" t="s">
         <v>2694</v>
-      </c>
-[...10 lines deleted...]
-        <v>2706</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2707</v>
+        <v>2695</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>28</v>
+        <v>2696</v>
       </c>
       <c r="D752" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E752" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F752" t="s">
-        <v>2708</v>
+        <v>177</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>146</v>
+        <v>2697</v>
       </c>
       <c r="H752" t="s">
-        <v>2709</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2710</v>
+        <v>2699</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>31</v>
+        <v>2700</v>
       </c>
       <c r="D753" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E753" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F753" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2711</v>
+        <v>2701</v>
       </c>
       <c r="H753" t="s">
-        <v>2712</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2713</v>
+        <v>2703</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>34</v>
+        <v>2704</v>
       </c>
       <c r="D754" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E754" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F754" t="s">
-        <v>2714</v>
+        <v>661</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2715</v>
+        <v>2705</v>
       </c>
       <c r="H754" t="s">
-        <v>2716</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2717</v>
+        <v>2707</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>37</v>
+        <v>2708</v>
       </c>
       <c r="D755" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E755" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F755" t="s">
-        <v>13</v>
+        <v>1155</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2718</v>
+        <v>2709</v>
       </c>
       <c r="H755" t="s">
-        <v>2719</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2720</v>
+        <v>2711</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>40</v>
+        <v>2712</v>
       </c>
       <c r="D756" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E756" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F756" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2721</v>
+        <v>2713</v>
       </c>
       <c r="H756" t="s">
-        <v>2722</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2723</v>
+        <v>2715</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>43</v>
+        <v>2716</v>
       </c>
       <c r="D757" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E757" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F757" t="s">
         <v>13</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2724</v>
+        <v>2717</v>
       </c>
       <c r="H757" t="s">
-        <v>2725</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2726</v>
+        <v>2719</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>46</v>
+        <v>2720</v>
       </c>
       <c r="D758" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E758" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F758" t="s">
-        <v>471</v>
+        <v>396</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2727</v>
+        <v>2721</v>
       </c>
       <c r="H758" t="s">
-        <v>2728</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2729</v>
+        <v>2723</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>50</v>
+        <v>2724</v>
       </c>
       <c r="D759" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E759" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F759" t="s">
-        <v>13</v>
+        <v>396</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>2730</v>
+        <v>2725</v>
       </c>
       <c r="H759" t="s">
-        <v>2731</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2732</v>
+        <v>2727</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>54</v>
+        <v>2728</v>
       </c>
       <c r="D760" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E760" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F760" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>2733</v>
+        <v>2729</v>
       </c>
       <c r="H760" t="s">
-        <v>2734</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2735</v>
+        <v>2731</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>59</v>
+        <v>2732</v>
       </c>
       <c r="D761" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E761" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F761" t="s">
-        <v>2736</v>
+        <v>177</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>2737</v>
+        <v>2733</v>
       </c>
       <c r="H761" t="s">
-        <v>2738</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2739</v>
+        <v>2735</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>63</v>
+        <v>2736</v>
       </c>
       <c r="D762" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E762" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F762" t="s">
-        <v>2740</v>
+        <v>238</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>2741</v>
+        <v>2737</v>
       </c>
       <c r="H762" t="s">
-        <v>2742</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2743</v>
+        <v>2739</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>66</v>
+        <v>2740</v>
       </c>
       <c r="D763" t="s">
-        <v>2694</v>
+        <v>1236</v>
       </c>
       <c r="E763" t="s">
-        <v>2695</v>
+        <v>1237</v>
       </c>
       <c r="F763" t="s">
-        <v>13</v>
+        <v>238</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>2744</v>
+        <v>2741</v>
       </c>
       <c r="H763" t="s">
-        <v>2745</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
+        <v>2744</v>
+      </c>
+      <c r="D764" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E764" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F764" t="s">
+        <v>238</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2745</v>
+      </c>
+      <c r="H764" t="s">
         <v>2746</v>
-      </c>
-[...19 lines deleted...]
-        <v>2749</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
+        <v>10</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E765" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F765" t="s">
         <v>2750</v>
-      </c>
-[...13 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G765" s="1" t="s">
         <v>2751</v>
       </c>
       <c r="H765" t="s">
         <v>2752</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
         <v>2753</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="D766" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E766" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F766" t="s">
-        <v>273</v>
+        <v>527</v>
       </c>
       <c r="G766" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H766" t="s">
         <v>2754</v>
-      </c>
-[...1 lines deleted...]
-        <v>2755</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>22</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E767" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F767" t="s">
+        <v>527</v>
+      </c>
+      <c r="G767" s="1" t="s">
         <v>2756</v>
       </c>
-      <c r="B767" t="s">
-[...11 lines deleted...]
-      <c r="F767" t="s">
+      <c r="H767" t="s">
         <v>2757</v>
-      </c>
-[...4 lines deleted...]
-        <v>2759</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
+        <v>25</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F768" t="s">
+        <v>55</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H768" t="s">
         <v>2760</v>
-      </c>
-[...19 lines deleted...]
-        <v>2762</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
+        <v>2761</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>28</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F769" t="s">
+        <v>2762</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H769" t="s">
         <v>2763</v>
-      </c>
-[...19 lines deleted...]
-        <v>2765</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>31</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F770" t="s">
+        <v>177</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>2765</v>
+      </c>
+      <c r="H770" t="s">
         <v>2766</v>
-      </c>
-[...19 lines deleted...]
-        <v>2768</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>34</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F771" t="s">
+        <v>2768</v>
+      </c>
+      <c r="G771" s="1" t="s">
         <v>2769</v>
       </c>
-      <c r="B771" t="s">
-[...14 lines deleted...]
-      <c r="G771" s="1" t="s">
+      <c r="H771" t="s">
         <v>2770</v>
-      </c>
-[...1 lines deleted...]
-        <v>2771</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>37</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F772" t="s">
+        <v>13</v>
+      </c>
+      <c r="G772" s="1" t="s">
         <v>2772</v>
       </c>
-      <c r="B772" t="s">
-[...14 lines deleted...]
-      <c r="G772" s="1" t="s">
+      <c r="H772" t="s">
         <v>2773</v>
-      </c>
-[...1 lines deleted...]
-        <v>2774</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B773" t="s">
+        <v>9</v>
+      </c>
+      <c r="C773" t="s">
+        <v>40</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E773" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F773" t="s">
+        <v>13</v>
+      </c>
+      <c r="G773" s="1" t="s">
         <v>2775</v>
       </c>
-      <c r="B773" t="s">
-[...14 lines deleted...]
-      <c r="G773" s="1" t="s">
+      <c r="H773" t="s">
         <v>2776</v>
-      </c>
-[...1 lines deleted...]
-        <v>2777</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
+        <v>2777</v>
+      </c>
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>43</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F774" t="s">
+        <v>13</v>
+      </c>
+      <c r="G774" s="1" t="s">
         <v>2778</v>
       </c>
-      <c r="B774" t="s">
-[...14 lines deleted...]
-      <c r="G774" s="1" t="s">
+      <c r="H774" t="s">
         <v>2779</v>
-      </c>
-[...1 lines deleted...]
-        <v>2780</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>46</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E775" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F775" t="s">
+        <v>520</v>
+      </c>
+      <c r="G775" s="1" t="s">
         <v>2781</v>
       </c>
-      <c r="B775" t="s">
-[...14 lines deleted...]
-      <c r="G775" s="1" t="s">
+      <c r="H775" t="s">
         <v>2782</v>
-      </c>
-[...1 lines deleted...]
-        <v>2783</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
+        <v>2783</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>50</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F776" t="s">
+        <v>13</v>
+      </c>
+      <c r="G776" s="1" t="s">
         <v>2784</v>
       </c>
-      <c r="B776" t="s">
-[...14 lines deleted...]
-      <c r="G776" s="1" t="s">
+      <c r="H776" t="s">
         <v>2785</v>
-      </c>
-[...1 lines deleted...]
-        <v>2786</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>54</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F777" t="s">
+        <v>13</v>
+      </c>
+      <c r="G777" s="1" t="s">
         <v>2787</v>
       </c>
-      <c r="B777" t="s">
-[...14 lines deleted...]
-      <c r="G777" s="1" t="s">
+      <c r="H777" t="s">
         <v>2788</v>
-      </c>
-[...1 lines deleted...]
-        <v>2789</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
+        <v>2789</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>59</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E778" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F778" t="s">
         <v>2790</v>
-      </c>
-[...13 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G778" s="1" t="s">
         <v>2791</v>
       </c>
       <c r="H778" t="s">
         <v>2792</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
         <v>2793</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>126</v>
+        <v>63</v>
       </c>
       <c r="D779" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E779" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F779" t="s">
-        <v>478</v>
+        <v>2794</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2794</v>
+        <v>2795</v>
       </c>
       <c r="H779" t="s">
-        <v>2795</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2796</v>
+        <v>2797</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>130</v>
+        <v>66</v>
       </c>
       <c r="D780" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E780" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F780" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2797</v>
+        <v>2798</v>
       </c>
       <c r="H780" t="s">
-        <v>2798</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2799</v>
+        <v>2800</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>134</v>
+        <v>70</v>
       </c>
       <c r="D781" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E781" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F781" t="s">
-        <v>13</v>
+        <v>2801</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>2800</v>
+        <v>2802</v>
       </c>
       <c r="H781" t="s">
-        <v>2801</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2802</v>
+        <v>2804</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>138</v>
+        <v>74</v>
       </c>
       <c r="D782" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E782" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F782" t="s">
-        <v>1196</v>
+        <v>55</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>2803</v>
+        <v>2805</v>
       </c>
       <c r="H782" t="s">
-        <v>2804</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>141</v>
+        <v>78</v>
       </c>
       <c r="D783" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E783" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F783" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
       <c r="H783" t="s">
-        <v>2807</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2808</v>
+        <v>2810</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>145</v>
+        <v>81</v>
       </c>
       <c r="D784" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E784" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F784" t="s">
-        <v>13</v>
+        <v>2811</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>2809</v>
+        <v>2812</v>
       </c>
       <c r="H784" t="s">
-        <v>2810</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2811</v>
+        <v>2814</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>148</v>
+        <v>85</v>
       </c>
       <c r="D785" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E785" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F785" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>2812</v>
+        <v>2815</v>
       </c>
       <c r="H785" t="s">
-        <v>2813</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2814</v>
+        <v>2817</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>152</v>
+        <v>88</v>
       </c>
       <c r="D786" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E786" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F786" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>2815</v>
+        <v>2818</v>
       </c>
       <c r="H786" t="s">
-        <v>2816</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>2817</v>
+        <v>2820</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>155</v>
+        <v>91</v>
       </c>
       <c r="D787" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E787" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F787" t="s">
-        <v>177</v>
+        <v>396</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>2818</v>
+        <v>2821</v>
       </c>
       <c r="H787" t="s">
-        <v>2819</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>2820</v>
+        <v>2823</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>159</v>
+        <v>95</v>
       </c>
       <c r="D788" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E788" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F788" t="s">
         <v>13</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>2821</v>
+        <v>2824</v>
       </c>
       <c r="H788" t="s">
-        <v>2822</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2823</v>
+        <v>2826</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>163</v>
+        <v>98</v>
       </c>
       <c r="D789" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E789" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F789" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>2824</v>
+        <v>2827</v>
       </c>
       <c r="H789" t="s">
-        <v>2825</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>2826</v>
+        <v>2829</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>167</v>
+        <v>102</v>
       </c>
       <c r="D790" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E790" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F790" t="s">
-        <v>1109</v>
+        <v>168</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>2827</v>
+        <v>2830</v>
       </c>
       <c r="H790" t="s">
-        <v>2828</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>2829</v>
+        <v>2832</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>172</v>
+        <v>109</v>
       </c>
       <c r="D791" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E791" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F791" t="s">
-        <v>55</v>
+        <v>552</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>2830</v>
+        <v>2833</v>
       </c>
       <c r="H791" t="s">
-        <v>2831</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2832</v>
+        <v>2835</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>176</v>
+        <v>113</v>
       </c>
       <c r="D792" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E792" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F792" t="s">
-        <v>1109</v>
+        <v>661</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>2833</v>
+        <v>2836</v>
       </c>
       <c r="H792" t="s">
-        <v>2834</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>181</v>
+        <v>117</v>
       </c>
       <c r="D793" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E793" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F793" t="s">
-        <v>238</v>
+        <v>55</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2836</v>
+        <v>2839</v>
       </c>
       <c r="H793" t="s">
-        <v>2837</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2838</v>
+        <v>2841</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="D794" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E794" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F794" t="s">
-        <v>612</v>
+        <v>55</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>2839</v>
+        <v>2842</v>
       </c>
       <c r="H794" t="s">
-        <v>2840</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>2841</v>
+        <v>2844</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>188</v>
+        <v>123</v>
       </c>
       <c r="D795" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E795" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F795" t="s">
-        <v>282</v>
+        <v>55</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>2842</v>
+        <v>2845</v>
       </c>
       <c r="H795" t="s">
-        <v>2843</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2844</v>
+        <v>2847</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>192</v>
+        <v>126</v>
       </c>
       <c r="D796" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E796" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F796" t="s">
-        <v>2845</v>
+        <v>527</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>2846</v>
+        <v>2848</v>
       </c>
       <c r="H796" t="s">
-        <v>2847</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2848</v>
+        <v>2850</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>196</v>
+        <v>130</v>
       </c>
       <c r="D797" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E797" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F797" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>2849</v>
+        <v>2851</v>
       </c>
       <c r="H797" t="s">
-        <v>2850</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2851</v>
+        <v>2853</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>200</v>
+        <v>134</v>
       </c>
       <c r="D798" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E798" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F798" t="s">
-        <v>1196</v>
+        <v>13</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>2852</v>
+        <v>2854</v>
       </c>
       <c r="H798" t="s">
-        <v>2853</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>2854</v>
+        <v>2856</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>204</v>
+        <v>138</v>
       </c>
       <c r="D799" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E799" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F799" t="s">
-        <v>612</v>
+        <v>1254</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>2855</v>
+        <v>2857</v>
       </c>
       <c r="H799" t="s">
-        <v>2856</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2857</v>
+        <v>2859</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>208</v>
+        <v>141</v>
       </c>
       <c r="D800" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E800" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F800" t="s">
-        <v>2858</v>
+        <v>282</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
       <c r="H800" t="s">
-        <v>2860</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>212</v>
+        <v>145</v>
       </c>
       <c r="D801" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E801" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F801" t="s">
-        <v>471</v>
+        <v>13</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="H801" t="s">
-        <v>2863</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>2864</v>
+        <v>2865</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>215</v>
+        <v>148</v>
       </c>
       <c r="D802" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E802" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F802" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>2865</v>
+        <v>2866</v>
       </c>
       <c r="H802" t="s">
-        <v>2866</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>218</v>
+        <v>152</v>
       </c>
       <c r="D803" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E803" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F803" t="s">
-        <v>2868</v>
+        <v>13</v>
       </c>
       <c r="G803" s="1" t="s">
         <v>2869</v>
       </c>
       <c r="H803" t="s">
         <v>2870</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>9</v>
+        <v>2871</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>222</v>
+        <v>155</v>
       </c>
       <c r="D804" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E804" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F804" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
       <c r="H804" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>225</v>
+        <v>159</v>
       </c>
       <c r="D805" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E805" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F805" t="s">
-        <v>2874</v>
+        <v>13</v>
       </c>
       <c r="G805" s="1" t="s">
         <v>2875</v>
       </c>
       <c r="H805" t="s">
         <v>2876</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
         <v>2877</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>229</v>
+        <v>163</v>
       </c>
       <c r="D806" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E806" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F806" t="s">
-        <v>2874</v>
+        <v>13</v>
       </c>
       <c r="G806" s="1" t="s">
         <v>2878</v>
       </c>
       <c r="H806" t="s">
         <v>2879</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
         <v>2880</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>233</v>
+        <v>167</v>
       </c>
       <c r="D807" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E807" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F807" t="s">
-        <v>612</v>
+        <v>1155</v>
       </c>
       <c r="G807" s="1" t="s">
         <v>2881</v>
       </c>
       <c r="H807" t="s">
         <v>2882</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
         <v>2883</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>237</v>
+        <v>172</v>
       </c>
       <c r="D808" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E808" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F808" t="s">
+        <v>55</v>
+      </c>
+      <c r="G808" s="1" t="s">
         <v>2884</v>
       </c>
-      <c r="G808" s="1" t="s">
+      <c r="H808" t="s">
         <v>2885</v>
-      </c>
-[...1 lines deleted...]
-        <v>2886</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B809" t="s">
+        <v>9</v>
+      </c>
+      <c r="C809" t="s">
+        <v>176</v>
+      </c>
+      <c r="D809" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E809" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F809" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G809" s="1" t="s">
         <v>2887</v>
       </c>
-      <c r="B809" t="s">
-[...14 lines deleted...]
-      <c r="G809" s="1" t="s">
+      <c r="H809" t="s">
         <v>2888</v>
-      </c>
-[...1 lines deleted...]
-        <v>2889</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B810" t="s">
+        <v>9</v>
+      </c>
+      <c r="C810" t="s">
+        <v>181</v>
+      </c>
+      <c r="D810" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E810" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F810" t="s">
+        <v>238</v>
+      </c>
+      <c r="G810" s="1" t="s">
         <v>2890</v>
       </c>
-      <c r="B810" t="s">
-[...14 lines deleted...]
-      <c r="G810" s="1" t="s">
+      <c r="H810" t="s">
         <v>2891</v>
-      </c>
-[...1 lines deleted...]
-        <v>2892</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
+        <v>2892</v>
+      </c>
+      <c r="B811" t="s">
+        <v>9</v>
+      </c>
+      <c r="C811" t="s">
+        <v>185</v>
+      </c>
+      <c r="D811" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E811" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F811" t="s">
+        <v>661</v>
+      </c>
+      <c r="G811" s="1" t="s">
         <v>2893</v>
       </c>
-      <c r="B811" t="s">
-[...14 lines deleted...]
-      <c r="G811" s="1" t="s">
+      <c r="H811" t="s">
         <v>2894</v>
-      </c>
-[...1 lines deleted...]
-        <v>2895</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B812" t="s">
+        <v>9</v>
+      </c>
+      <c r="C812" t="s">
+        <v>188</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E812" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F812" t="s">
+        <v>282</v>
+      </c>
+      <c r="G812" s="1" t="s">
         <v>2896</v>
       </c>
-      <c r="B812" t="s">
-[...14 lines deleted...]
-      <c r="G812" s="1" t="s">
+      <c r="H812" t="s">
         <v>2897</v>
-      </c>
-[...1 lines deleted...]
-        <v>2898</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B813" t="s">
+        <v>9</v>
+      </c>
+      <c r="C813" t="s">
+        <v>192</v>
+      </c>
+      <c r="D813" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E813" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F813" t="s">
         <v>2899</v>
       </c>
-      <c r="B813" t="s">
-[...11 lines deleted...]
-      <c r="F813" t="s">
+      <c r="G813" s="1" t="s">
         <v>2900</v>
       </c>
-      <c r="G813" s="1" t="s">
+      <c r="H813" t="s">
         <v>2901</v>
-      </c>
-[...1 lines deleted...]
-        <v>2902</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B814" t="s">
+        <v>9</v>
+      </c>
+      <c r="C814" t="s">
+        <v>196</v>
+      </c>
+      <c r="D814" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E814" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F814" t="s">
+        <v>177</v>
+      </c>
+      <c r="G814" s="1" t="s">
         <v>2903</v>
       </c>
-      <c r="B814" t="s">
-[...14 lines deleted...]
-      <c r="G814" s="1" t="s">
+      <c r="H814" t="s">
         <v>2904</v>
-      </c>
-[...1 lines deleted...]
-        <v>2905</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B815" t="s">
+        <v>9</v>
+      </c>
+      <c r="C815" t="s">
+        <v>200</v>
+      </c>
+      <c r="D815" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E815" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F815" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G815" s="1" t="s">
         <v>2906</v>
       </c>
-      <c r="B815" t="s">
-[...14 lines deleted...]
-      <c r="G815" s="1" t="s">
+      <c r="H815" t="s">
         <v>2907</v>
-      </c>
-[...1 lines deleted...]
-        <v>2908</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B816" t="s">
+        <v>9</v>
+      </c>
+      <c r="C816" t="s">
+        <v>204</v>
+      </c>
+      <c r="D816" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E816" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F816" t="s">
+        <v>661</v>
+      </c>
+      <c r="G816" s="1" t="s">
         <v>2909</v>
       </c>
-      <c r="B816" t="s">
-[...14 lines deleted...]
-      <c r="G816" s="1" t="s">
+      <c r="H816" t="s">
         <v>2910</v>
-      </c>
-[...1 lines deleted...]
-        <v>2911</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
+        <v>2911</v>
+      </c>
+      <c r="B817" t="s">
+        <v>9</v>
+      </c>
+      <c r="C817" t="s">
+        <v>208</v>
+      </c>
+      <c r="D817" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E817" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F817" t="s">
         <v>2912</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G817" s="1" t="s">
         <v>2913</v>
       </c>
       <c r="H817" t="s">
         <v>2914</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
         <v>2915</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>268</v>
+        <v>212</v>
       </c>
       <c r="D818" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E818" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F818" t="s">
-        <v>55</v>
+        <v>520</v>
       </c>
       <c r="G818" s="1" t="s">
         <v>2916</v>
       </c>
       <c r="H818" t="s">
         <v>2917</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
         <v>2918</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>671</v>
+        <v>215</v>
       </c>
       <c r="D819" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E819" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F819" t="s">
-        <v>612</v>
+        <v>55</v>
       </c>
       <c r="G819" s="1" t="s">
         <v>2919</v>
       </c>
       <c r="H819" t="s">
         <v>2920</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
         <v>2921</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>272</v>
+        <v>218</v>
       </c>
       <c r="D820" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E820" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F820" t="s">
-        <v>478</v>
+        <v>2922</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>2922</v>
+        <v>2923</v>
       </c>
       <c r="H820" t="s">
-        <v>2923</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>2924</v>
+        <v>9</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>277</v>
+        <v>222</v>
       </c>
       <c r="D821" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E821" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F821" t="s">
-        <v>478</v>
+        <v>13</v>
       </c>
       <c r="G821" s="1" t="s">
         <v>2925</v>
       </c>
       <c r="H821" t="s">
         <v>2926</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
         <v>2927</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>281</v>
+        <v>225</v>
       </c>
       <c r="D822" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E822" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F822" t="s">
-        <v>55</v>
+        <v>430</v>
       </c>
       <c r="G822" s="1" t="s">
         <v>2928</v>
       </c>
       <c r="H822" t="s">
         <v>2929</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
         <v>2930</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>684</v>
+        <v>229</v>
       </c>
       <c r="D823" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E823" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F823" t="s">
-        <v>55</v>
+        <v>430</v>
       </c>
       <c r="G823" s="1" t="s">
         <v>2931</v>
       </c>
       <c r="H823" t="s">
         <v>2932</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
         <v>2933</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>688</v>
+        <v>233</v>
       </c>
       <c r="D824" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E824" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F824" t="s">
-        <v>55</v>
+        <v>661</v>
       </c>
       <c r="G824" s="1" t="s">
         <v>2934</v>
       </c>
       <c r="H824" t="s">
         <v>2935</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
         <v>2936</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>286</v>
+        <v>237</v>
       </c>
       <c r="D825" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E825" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F825" t="s">
-        <v>177</v>
+        <v>2937</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
       <c r="H825" t="s">
-        <v>2938</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>289</v>
+        <v>242</v>
       </c>
       <c r="D826" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E826" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F826" t="s">
-        <v>1109</v>
+        <v>527</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>2940</v>
+        <v>2941</v>
       </c>
       <c r="H826" t="s">
-        <v>2941</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>292</v>
+        <v>245</v>
       </c>
       <c r="D827" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E827" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F827" t="s">
-        <v>612</v>
+        <v>168</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
       <c r="H827" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>296</v>
+        <v>248</v>
       </c>
       <c r="D828" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E828" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F828" t="s">
-        <v>373</v>
+        <v>13</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="H828" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>301</v>
+        <v>251</v>
       </c>
       <c r="D829" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E829" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F829" t="s">
-        <v>273</v>
+        <v>2937</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="H829" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>304</v>
+        <v>254</v>
       </c>
       <c r="D830" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E830" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F830" t="s">
-        <v>13</v>
+        <v>2953</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>2952</v>
+        <v>2954</v>
       </c>
       <c r="H830" t="s">
-        <v>2953</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>2954</v>
+        <v>2956</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>308</v>
+        <v>258</v>
       </c>
       <c r="D831" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E831" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F831" t="s">
-        <v>13</v>
+        <v>527</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>2955</v>
+        <v>2957</v>
       </c>
       <c r="H831" t="s">
-        <v>2956</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>2957</v>
+        <v>2959</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>312</v>
+        <v>261</v>
       </c>
       <c r="D832" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E832" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F832" t="s">
-        <v>2958</v>
+        <v>2953</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
       <c r="H832" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>315</v>
+        <v>265</v>
       </c>
       <c r="D833" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E833" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F833" t="s">
-        <v>2962</v>
+        <v>13</v>
       </c>
       <c r="G833" s="1" t="s">
         <v>2963</v>
       </c>
       <c r="H833" t="s">
         <v>2964</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
         <v>2965</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="D834" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E834" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F834" t="s">
-        <v>2740</v>
+        <v>13</v>
       </c>
       <c r="G834" s="1" t="s">
         <v>2966</v>
       </c>
       <c r="H834" t="s">
         <v>2967</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
         <v>2968</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>1440</v>
+        <v>268</v>
       </c>
       <c r="D835" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E835" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F835" t="s">
+        <v>55</v>
+      </c>
+      <c r="G835" s="1" t="s">
         <v>2969</v>
       </c>
-      <c r="G835" s="1" t="s">
+      <c r="H835" t="s">
         <v>2970</v>
-      </c>
-[...1 lines deleted...]
-        <v>2971</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
+        <v>2971</v>
+      </c>
+      <c r="B836" t="s">
+        <v>9</v>
+      </c>
+      <c r="C836" t="s">
+        <v>720</v>
+      </c>
+      <c r="D836" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E836" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F836" t="s">
+        <v>661</v>
+      </c>
+      <c r="G836" s="1" t="s">
         <v>2972</v>
       </c>
-      <c r="B836" t="s">
-[...14 lines deleted...]
-      <c r="G836" s="1" t="s">
+      <c r="H836" t="s">
         <v>2973</v>
-      </c>
-[...1 lines deleted...]
-        <v>2974</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
+        <v>2974</v>
+      </c>
+      <c r="B837" t="s">
+        <v>9</v>
+      </c>
+      <c r="C837" t="s">
+        <v>272</v>
+      </c>
+      <c r="D837" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E837" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F837" t="s">
+        <v>527</v>
+      </c>
+      <c r="G837" s="1" t="s">
         <v>2975</v>
       </c>
-      <c r="B837" t="s">
-[...14 lines deleted...]
-      <c r="G837" s="1" t="s">
+      <c r="H837" t="s">
         <v>2976</v>
-      </c>
-[...1 lines deleted...]
-        <v>2977</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B838" t="s">
+        <v>9</v>
+      </c>
+      <c r="C838" t="s">
+        <v>277</v>
+      </c>
+      <c r="D838" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E838" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F838" t="s">
+        <v>527</v>
+      </c>
+      <c r="G838" s="1" t="s">
         <v>2978</v>
       </c>
-      <c r="B838" t="s">
-[...11 lines deleted...]
-      <c r="F838" t="s">
+      <c r="H838" t="s">
         <v>2979</v>
-      </c>
-[...4 lines deleted...]
-        <v>2981</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>2982</v>
+        <v>2980</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>735</v>
+        <v>281</v>
       </c>
       <c r="D839" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E839" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F839" t="s">
         <v>55</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>2983</v>
+        <v>2981</v>
       </c>
       <c r="H839" t="s">
-        <v>2984</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
+        <v>2983</v>
+      </c>
+      <c r="B840" t="s">
+        <v>9</v>
+      </c>
+      <c r="C840" t="s">
+        <v>733</v>
+      </c>
+      <c r="D840" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E840" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F840" t="s">
+        <v>55</v>
+      </c>
+      <c r="G840" s="1" t="s">
+        <v>2984</v>
+      </c>
+      <c r="H840" t="s">
         <v>2985</v>
-      </c>
-[...19 lines deleted...]
-        <v>2987</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
+        <v>2986</v>
+      </c>
+      <c r="B841" t="s">
+        <v>9</v>
+      </c>
+      <c r="C841" t="s">
+        <v>737</v>
+      </c>
+      <c r="D841" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E841" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F841" t="s">
+        <v>55</v>
+      </c>
+      <c r="G841" s="1" t="s">
+        <v>2987</v>
+      </c>
+      <c r="H841" t="s">
         <v>2988</v>
-      </c>
-[...19 lines deleted...]
-        <v>2990</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
+        <v>2989</v>
+      </c>
+      <c r="B842" t="s">
+        <v>9</v>
+      </c>
+      <c r="C842" t="s">
+        <v>286</v>
+      </c>
+      <c r="D842" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E842" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F842" t="s">
+        <v>177</v>
+      </c>
+      <c r="G842" s="1" t="s">
+        <v>2990</v>
+      </c>
+      <c r="H842" t="s">
         <v>2991</v>
-      </c>
-[...19 lines deleted...]
-        <v>2994</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>2995</v>
+        <v>2992</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>752</v>
+        <v>290</v>
       </c>
       <c r="D843" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E843" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F843" t="s">
-        <v>2996</v>
+        <v>1155</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>2997</v>
+        <v>2993</v>
       </c>
       <c r="H843" t="s">
-        <v>2998</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>2999</v>
+        <v>2995</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>756</v>
+        <v>294</v>
       </c>
       <c r="D844" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E844" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F844" t="s">
-        <v>168</v>
+        <v>661</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>3000</v>
+        <v>2996</v>
       </c>
       <c r="H844" t="s">
-        <v>3001</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>3002</v>
+        <v>2998</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>760</v>
+        <v>298</v>
       </c>
       <c r="D845" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E845" t="s">
-        <v>2695</v>
+        <v>2749</v>
+      </c>
+      <c r="F845" t="s">
+        <v>396</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>3003</v>
+        <v>2999</v>
       </c>
       <c r="H845" t="s">
-        <v>3004</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>3005</v>
+        <v>3001</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>764</v>
+        <v>303</v>
       </c>
       <c r="D846" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E846" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F846" t="s">
-        <v>13</v>
+        <v>273</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>3006</v>
+        <v>3002</v>
       </c>
       <c r="H846" t="s">
-        <v>3007</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>3008</v>
+        <v>3004</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>768</v>
+        <v>306</v>
       </c>
       <c r="D847" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E847" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F847" t="s">
         <v>13</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>3009</v>
+        <v>3005</v>
       </c>
       <c r="H847" t="s">
-        <v>3010</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>3011</v>
+        <v>3007</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>772</v>
+        <v>310</v>
       </c>
       <c r="D848" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E848" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F848" t="s">
         <v>13</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>3012</v>
+        <v>3008</v>
       </c>
       <c r="H848" t="s">
-        <v>3013</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>3014</v>
+        <v>3010</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>776</v>
+        <v>314</v>
       </c>
       <c r="D849" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E849" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F849" t="s">
-        <v>13</v>
+        <v>3011</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>3015</v>
+        <v>3012</v>
       </c>
       <c r="H849" t="s">
-        <v>3016</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
+        <v>3014</v>
+      </c>
+      <c r="B850" t="s">
+        <v>9</v>
+      </c>
+      <c r="C850" t="s">
+        <v>317</v>
+      </c>
+      <c r="D850" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E850" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F850" t="s">
+        <v>3015</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>3016</v>
+      </c>
+      <c r="H850" t="s">
         <v>3017</v>
-      </c>
-[...19 lines deleted...]
-        <v>3019</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
+        <v>3018</v>
+      </c>
+      <c r="B851" t="s">
+        <v>9</v>
+      </c>
+      <c r="C851" t="s">
+        <v>321</v>
+      </c>
+      <c r="D851" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E851" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F851" t="s">
+        <v>2794</v>
+      </c>
+      <c r="G851" s="1" t="s">
+        <v>3019</v>
+      </c>
+      <c r="H851" t="s">
         <v>3020</v>
-      </c>
-[...19 lines deleted...]
-        <v>3023</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
+        <v>3021</v>
+      </c>
+      <c r="B852" t="s">
+        <v>9</v>
+      </c>
+      <c r="C852" t="s">
+        <v>325</v>
+      </c>
+      <c r="D852" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E852" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F852" t="s">
+        <v>3022</v>
+      </c>
+      <c r="G852" s="1" t="s">
+        <v>3023</v>
+      </c>
+      <c r="H852" t="s">
         <v>3024</v>
-      </c>
-[...19 lines deleted...]
-        <v>3027</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>3028</v>
+        <v>3025</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>791</v>
+        <v>329</v>
       </c>
       <c r="D853" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E853" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F853" t="s">
-        <v>1180</v>
+        <v>2794</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>3029</v>
+        <v>3026</v>
       </c>
       <c r="H853" t="s">
-        <v>3030</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>3031</v>
+        <v>3028</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>795</v>
+        <v>333</v>
       </c>
       <c r="D854" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E854" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F854" t="s">
-        <v>238</v>
+        <v>661</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>3032</v>
+        <v>3029</v>
       </c>
       <c r="H854" t="s">
-        <v>3033</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
+        <v>3031</v>
+      </c>
+      <c r="B855" t="s">
+        <v>9</v>
+      </c>
+      <c r="C855" t="s">
+        <v>777</v>
+      </c>
+      <c r="D855" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E855" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F855" t="s">
+        <v>3032</v>
+      </c>
+      <c r="G855" s="1" t="s">
+        <v>3033</v>
+      </c>
+      <c r="H855" t="s">
         <v>3034</v>
-      </c>
-[...19 lines deleted...]
-        <v>3036</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
+        <v>3035</v>
+      </c>
+      <c r="B856" t="s">
+        <v>9</v>
+      </c>
+      <c r="C856" t="s">
+        <v>781</v>
+      </c>
+      <c r="D856" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E856" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F856" t="s">
+        <v>55</v>
+      </c>
+      <c r="G856" s="1" t="s">
+        <v>3036</v>
+      </c>
+      <c r="H856" t="s">
         <v>3037</v>
-      </c>
-[...19 lines deleted...]
-        <v>3039</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
+        <v>3038</v>
+      </c>
+      <c r="B857" t="s">
+        <v>9</v>
+      </c>
+      <c r="C857" t="s">
+        <v>785</v>
+      </c>
+      <c r="D857" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E857" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F857" t="s">
+        <v>13</v>
+      </c>
+      <c r="G857" s="1" t="s">
+        <v>3039</v>
+      </c>
+      <c r="H857" t="s">
         <v>3040</v>
-      </c>
-[...19 lines deleted...]
-        <v>3042</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
+        <v>3041</v>
+      </c>
+      <c r="B858" t="s">
+        <v>9</v>
+      </c>
+      <c r="C858" t="s">
+        <v>789</v>
+      </c>
+      <c r="D858" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E858" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F858" t="s">
+        <v>527</v>
+      </c>
+      <c r="G858" s="1" t="s">
+        <v>3042</v>
+      </c>
+      <c r="H858" t="s">
         <v>3043</v>
-      </c>
-[...19 lines deleted...]
-        <v>3045</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B859" t="s">
+        <v>9</v>
+      </c>
+      <c r="C859" t="s">
+        <v>794</v>
+      </c>
+      <c r="D859" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E859" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F859" t="s">
+        <v>3045</v>
+      </c>
+      <c r="G859" s="1" t="s">
         <v>3046</v>
       </c>
-      <c r="B859" t="s">
-[...14 lines deleted...]
-      <c r="G859" s="1" t="s">
+      <c r="H859" t="s">
         <v>3047</v>
-      </c>
-[...1 lines deleted...]
-        <v>3048</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
+        <v>3048</v>
+      </c>
+      <c r="B860" t="s">
+        <v>9</v>
+      </c>
+      <c r="C860" t="s">
+        <v>798</v>
+      </c>
+      <c r="D860" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E860" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F860" t="s">
         <v>3049</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G860" s="1" t="s">
         <v>3050</v>
       </c>
       <c r="H860" t="s">
         <v>3051</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
         <v>3052</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>827</v>
+        <v>802</v>
       </c>
       <c r="D861" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E861" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F861" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G861" s="1" t="s">
         <v>3053</v>
       </c>
       <c r="H861" t="s">
         <v>3054</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
         <v>3055</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>831</v>
+        <v>806</v>
       </c>
       <c r="D862" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E862" t="s">
-        <v>2695</v>
-[...1 lines deleted...]
-      <c r="F862" t="s">
+        <v>2749</v>
+      </c>
+      <c r="G862" s="1" t="s">
         <v>3056</v>
       </c>
-      <c r="G862" s="1" t="s">
+      <c r="H862" t="s">
         <v>3057</v>
-      </c>
-[...1 lines deleted...]
-        <v>3058</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
+        <v>3058</v>
+      </c>
+      <c r="B863" t="s">
+        <v>9</v>
+      </c>
+      <c r="C863" t="s">
+        <v>810</v>
+      </c>
+      <c r="D863" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E863" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F863" t="s">
+        <v>13</v>
+      </c>
+      <c r="G863" s="1" t="s">
         <v>3059</v>
       </c>
-      <c r="B863" t="s">
-[...14 lines deleted...]
-      <c r="G863" s="1" t="s">
+      <c r="H863" t="s">
         <v>3060</v>
-      </c>
-[...1 lines deleted...]
-        <v>3061</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
+        <v>3061</v>
+      </c>
+      <c r="B864" t="s">
+        <v>9</v>
+      </c>
+      <c r="C864" t="s">
+        <v>814</v>
+      </c>
+      <c r="D864" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E864" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F864" t="s">
+        <v>13</v>
+      </c>
+      <c r="G864" s="1" t="s">
         <v>3062</v>
       </c>
-      <c r="B864" t="s">
-[...14 lines deleted...]
-      <c r="G864" s="1" t="s">
+      <c r="H864" t="s">
         <v>3063</v>
-      </c>
-[...1 lines deleted...]
-        <v>3064</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
+        <v>3064</v>
+      </c>
+      <c r="B865" t="s">
+        <v>9</v>
+      </c>
+      <c r="C865" t="s">
+        <v>818</v>
+      </c>
+      <c r="D865" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E865" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F865" t="s">
+        <v>13</v>
+      </c>
+      <c r="G865" s="1" t="s">
         <v>3065</v>
       </c>
-      <c r="B865" t="s">
-[...14 lines deleted...]
-      <c r="G865" s="1" t="s">
+      <c r="H865" t="s">
         <v>3066</v>
-      </c>
-[...1 lines deleted...]
-        <v>3067</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
+        <v>3067</v>
+      </c>
+      <c r="B866" t="s">
+        <v>9</v>
+      </c>
+      <c r="C866" t="s">
+        <v>822</v>
+      </c>
+      <c r="D866" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E866" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F866" t="s">
+        <v>13</v>
+      </c>
+      <c r="G866" s="1" t="s">
         <v>3068</v>
       </c>
-      <c r="B866" t="s">
-[...14 lines deleted...]
-      <c r="G866" s="1" t="s">
+      <c r="H866" t="s">
         <v>3069</v>
-      </c>
-[...1 lines deleted...]
-        <v>3070</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
+        <v>3070</v>
+      </c>
+      <c r="B867" t="s">
+        <v>9</v>
+      </c>
+      <c r="C867" t="s">
+        <v>826</v>
+      </c>
+      <c r="D867" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E867" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F867" t="s">
+        <v>273</v>
+      </c>
+      <c r="G867" s="1" t="s">
         <v>3071</v>
       </c>
-      <c r="B867" t="s">
-[...14 lines deleted...]
-      <c r="G867" s="1" t="s">
+      <c r="H867" t="s">
         <v>3072</v>
-      </c>
-[...1 lines deleted...]
-        <v>3073</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
+        <v>3073</v>
+      </c>
+      <c r="B868" t="s">
+        <v>9</v>
+      </c>
+      <c r="C868" t="s">
+        <v>830</v>
+      </c>
+      <c r="D868" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E868" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F868" t="s">
         <v>3074</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G868" s="1" t="s">
         <v>3075</v>
       </c>
       <c r="H868" t="s">
         <v>3076</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
         <v>3077</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>857</v>
+        <v>834</v>
       </c>
       <c r="D869" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E869" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F869" t="s">
-        <v>478</v>
+        <v>3078</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>3078</v>
+        <v>3079</v>
       </c>
       <c r="H869" t="s">
-        <v>3079</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>861</v>
+        <v>837</v>
       </c>
       <c r="D870" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E870" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F870" t="s">
-        <v>478</v>
+        <v>1238</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>3081</v>
+        <v>3082</v>
       </c>
       <c r="H870" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>865</v>
+        <v>841</v>
       </c>
       <c r="D871" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E871" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F871" t="s">
-        <v>612</v>
+        <v>238</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
       <c r="H871" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>869</v>
+        <v>844</v>
       </c>
       <c r="D872" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E872" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F872" t="s">
-        <v>13</v>
+        <v>238</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>3087</v>
+        <v>3088</v>
       </c>
       <c r="H872" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>873</v>
+        <v>848</v>
       </c>
       <c r="D873" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E873" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F873" t="s">
-        <v>503</v>
+        <v>238</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
       <c r="H873" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>3092</v>
+        <v>3093</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>877</v>
+        <v>856</v>
       </c>
       <c r="D874" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E874" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F874" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>3093</v>
+        <v>3094</v>
       </c>
       <c r="H874" t="s">
-        <v>3094</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>3095</v>
+        <v>3096</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="D875" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E875" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F875" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>3096</v>
+        <v>3097</v>
       </c>
       <c r="H875" t="s">
-        <v>3097</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>3098</v>
+        <v>3099</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>886</v>
+        <v>865</v>
       </c>
       <c r="D876" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E876" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F876" t="s">
-        <v>3099</v>
+        <v>273</v>
       </c>
       <c r="G876" s="1" t="s">
         <v>3100</v>
       </c>
       <c r="H876" t="s">
         <v>3101</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
         <v>3102</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>890</v>
+        <v>869</v>
       </c>
       <c r="D877" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E877" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F877" t="s">
+        <v>13</v>
+      </c>
+      <c r="G877" s="1" t="s">
         <v>3103</v>
       </c>
-      <c r="G877" s="1" t="s">
+      <c r="H877" t="s">
         <v>3104</v>
-      </c>
-[...1 lines deleted...]
-        <v>3105</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
+        <v>3105</v>
+      </c>
+      <c r="B878" t="s">
+        <v>9</v>
+      </c>
+      <c r="C878" t="s">
+        <v>873</v>
+      </c>
+      <c r="D878" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E878" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F878" t="s">
+        <v>55</v>
+      </c>
+      <c r="G878" s="1" t="s">
         <v>3106</v>
       </c>
-      <c r="B878" t="s">
-[...14 lines deleted...]
-      <c r="G878" s="1" t="s">
+      <c r="H878" t="s">
         <v>3107</v>
-      </c>
-[...1 lines deleted...]
-        <v>3108</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
+        <v>3108</v>
+      </c>
+      <c r="B879" t="s">
+        <v>9</v>
+      </c>
+      <c r="C879" t="s">
+        <v>877</v>
+      </c>
+      <c r="D879" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E879" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F879" t="s">
         <v>3109</v>
-      </c>
-[...13 lines deleted...]
-        <v>612</v>
       </c>
       <c r="G879" s="1" t="s">
         <v>3110</v>
       </c>
       <c r="H879" t="s">
         <v>3111</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
         <v>3112</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>902</v>
+        <v>881</v>
       </c>
       <c r="D880" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E880" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F880" t="s">
-        <v>1196</v>
+        <v>55</v>
       </c>
       <c r="G880" s="1" t="s">
         <v>3113</v>
       </c>
       <c r="H880" t="s">
         <v>3114</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
         <v>3115</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>906</v>
+        <v>885</v>
       </c>
       <c r="D881" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E881" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F881" t="s">
         <v>55</v>
       </c>
       <c r="G881" s="1" t="s">
         <v>3116</v>
       </c>
       <c r="H881" t="s">
         <v>3117</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
         <v>3118</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>911</v>
+        <v>888</v>
       </c>
       <c r="D882" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E882" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F882" t="s">
-        <v>612</v>
+        <v>55</v>
       </c>
       <c r="G882" s="1" t="s">
         <v>3119</v>
       </c>
       <c r="H882" t="s">
         <v>3120</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
         <v>3121</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>915</v>
+        <v>892</v>
       </c>
       <c r="D883" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E883" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F883" t="s">
+        <v>1238</v>
+      </c>
+      <c r="G883" s="1" t="s">
         <v>3122</v>
       </c>
-      <c r="G883" s="1" t="s">
+      <c r="H883" t="s">
         <v>3123</v>
-      </c>
-[...1 lines deleted...]
-        <v>3124</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
+        <v>3124</v>
+      </c>
+      <c r="B884" t="s">
+        <v>9</v>
+      </c>
+      <c r="C884" t="s">
+        <v>896</v>
+      </c>
+      <c r="D884" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E884" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F884" t="s">
+        <v>55</v>
+      </c>
+      <c r="G884" s="1" t="s">
         <v>3125</v>
       </c>
-      <c r="B884" t="s">
-[...14 lines deleted...]
-      <c r="G884" s="1" t="s">
+      <c r="H884" t="s">
         <v>3126</v>
-      </c>
-[...1 lines deleted...]
-        <v>3127</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
+        <v>3127</v>
+      </c>
+      <c r="B885" t="s">
+        <v>9</v>
+      </c>
+      <c r="C885" t="s">
+        <v>900</v>
+      </c>
+      <c r="D885" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E885" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F885" t="s">
+        <v>13</v>
+      </c>
+      <c r="G885" s="1" t="s">
         <v>3128</v>
       </c>
-      <c r="B885" t="s">
-[...14 lines deleted...]
-      <c r="G885" s="1" t="s">
+      <c r="H885" t="s">
         <v>3129</v>
-      </c>
-[...1 lines deleted...]
-        <v>3130</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
+        <v>3130</v>
+      </c>
+      <c r="B886" t="s">
+        <v>9</v>
+      </c>
+      <c r="C886" t="s">
+        <v>903</v>
+      </c>
+      <c r="D886" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E886" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F886" t="s">
+        <v>527</v>
+      </c>
+      <c r="G886" s="1" t="s">
         <v>3131</v>
       </c>
-      <c r="B886" t="s">
-[...14 lines deleted...]
-      <c r="G886" s="1" t="s">
+      <c r="H886" t="s">
         <v>3132</v>
-      </c>
-[...1 lines deleted...]
-        <v>3133</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
+        <v>3133</v>
+      </c>
+      <c r="B887" t="s">
+        <v>9</v>
+      </c>
+      <c r="C887" t="s">
+        <v>907</v>
+      </c>
+      <c r="D887" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E887" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F887" t="s">
+        <v>527</v>
+      </c>
+      <c r="G887" s="1" t="s">
         <v>3134</v>
       </c>
-      <c r="B887" t="s">
-[...14 lines deleted...]
-      <c r="G887" s="1" t="s">
+      <c r="H887" t="s">
         <v>3135</v>
-      </c>
-[...1 lines deleted...]
-        <v>3136</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
+        <v>3136</v>
+      </c>
+      <c r="B888" t="s">
+        <v>9</v>
+      </c>
+      <c r="C888" t="s">
+        <v>911</v>
+      </c>
+      <c r="D888" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E888" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F888" t="s">
+        <v>661</v>
+      </c>
+      <c r="G888" s="1" t="s">
         <v>3137</v>
       </c>
-      <c r="B888" t="s">
-[...14 lines deleted...]
-      <c r="G888" s="1" t="s">
+      <c r="H888" t="s">
         <v>3138</v>
-      </c>
-[...1 lines deleted...]
-        <v>3139</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
+        <v>3139</v>
+      </c>
+      <c r="B889" t="s">
+        <v>9</v>
+      </c>
+      <c r="C889" t="s">
+        <v>915</v>
+      </c>
+      <c r="D889" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E889" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F889" t="s">
+        <v>13</v>
+      </c>
+      <c r="G889" s="1" t="s">
         <v>3140</v>
       </c>
-      <c r="B889" t="s">
-[...14 lines deleted...]
-      <c r="G889" s="1" t="s">
+      <c r="H889" t="s">
         <v>3141</v>
-      </c>
-[...1 lines deleted...]
-        <v>3142</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
+        <v>3142</v>
+      </c>
+      <c r="B890" t="s">
+        <v>9</v>
+      </c>
+      <c r="C890" t="s">
+        <v>919</v>
+      </c>
+      <c r="D890" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E890" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F890" t="s">
+        <v>552</v>
+      </c>
+      <c r="G890" s="1" t="s">
         <v>3143</v>
       </c>
-      <c r="B890" t="s">
-[...14 lines deleted...]
-      <c r="G890" s="1" t="s">
+      <c r="H890" t="s">
         <v>3144</v>
-      </c>
-[...1 lines deleted...]
-        <v>3145</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
+        <v>3145</v>
+      </c>
+      <c r="B891" t="s">
+        <v>9</v>
+      </c>
+      <c r="C891" t="s">
+        <v>923</v>
+      </c>
+      <c r="D891" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E891" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F891" t="s">
+        <v>13</v>
+      </c>
+      <c r="G891" s="1" t="s">
         <v>3146</v>
       </c>
-      <c r="B891" t="s">
-[...14 lines deleted...]
-      <c r="G891" s="1" t="s">
+      <c r="H891" t="s">
         <v>3147</v>
-      </c>
-[...1 lines deleted...]
-        <v>3148</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B892" t="s">
+        <v>9</v>
+      </c>
+      <c r="C892" t="s">
+        <v>927</v>
+      </c>
+      <c r="D892" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E892" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F892" t="s">
+        <v>55</v>
+      </c>
+      <c r="G892" s="1" t="s">
         <v>3149</v>
       </c>
-      <c r="B892" t="s">
-[...14 lines deleted...]
-      <c r="G892" s="1" t="s">
+      <c r="H892" t="s">
         <v>3150</v>
-      </c>
-[...1 lines deleted...]
-        <v>3151</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
+        <v>3151</v>
+      </c>
+      <c r="B893" t="s">
+        <v>9</v>
+      </c>
+      <c r="C893" t="s">
+        <v>932</v>
+      </c>
+      <c r="D893" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E893" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F893" t="s">
         <v>3152</v>
-      </c>
-[...13 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G893" s="1" t="s">
         <v>3153</v>
       </c>
       <c r="H893" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
         <v>3155</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>955</v>
+        <v>936</v>
       </c>
       <c r="D894" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E894" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F894" t="s">
-        <v>13</v>
+        <v>3156</v>
       </c>
       <c r="G894" s="1" t="s">
-        <v>3156</v>
+        <v>3157</v>
       </c>
       <c r="H894" t="s">
-        <v>3157</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>3158</v>
+        <v>3159</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>959</v>
+        <v>940</v>
       </c>
       <c r="D895" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E895" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F895" t="s">
-        <v>13</v>
+        <v>661</v>
       </c>
       <c r="G895" s="1" t="s">
-        <v>3159</v>
+        <v>3160</v>
       </c>
       <c r="H895" t="s">
-        <v>3160</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
-        <v>3161</v>
+        <v>3162</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>963</v>
+        <v>944</v>
       </c>
       <c r="D896" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E896" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F896" t="s">
-        <v>3162</v>
+        <v>661</v>
       </c>
       <c r="G896" s="1" t="s">
         <v>3163</v>
       </c>
       <c r="H896" t="s">
         <v>3164</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
         <v>3165</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>967</v>
+        <v>948</v>
       </c>
       <c r="D897" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E897" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F897" t="s">
-        <v>2900</v>
+        <v>1254</v>
       </c>
       <c r="G897" s="1" t="s">
         <v>3166</v>
       </c>
       <c r="H897" t="s">
         <v>3167</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
         <v>3168</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>971</v>
+        <v>952</v>
       </c>
       <c r="D898" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E898" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F898" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G898" s="1" t="s">
         <v>3169</v>
       </c>
       <c r="H898" t="s">
         <v>3170</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
         <v>3171</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="D899" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E899" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F899" t="s">
-        <v>13</v>
+        <v>661</v>
       </c>
       <c r="G899" s="1" t="s">
         <v>3172</v>
       </c>
       <c r="H899" t="s">
         <v>3173</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
         <v>3174</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>978</v>
+        <v>961</v>
       </c>
       <c r="D900" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E900" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F900" t="s">
-        <v>168</v>
+        <v>3175</v>
       </c>
       <c r="G900" s="1" t="s">
-        <v>3175</v>
+        <v>3176</v>
       </c>
       <c r="H900" t="s">
-        <v>3176</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>3177</v>
+        <v>3178</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>982</v>
+        <v>964</v>
       </c>
       <c r="D901" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E901" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F901" t="s">
-        <v>1109</v>
+        <v>423</v>
       </c>
       <c r="G901" s="1" t="s">
-        <v>3178</v>
+        <v>3179</v>
       </c>
       <c r="H901" t="s">
-        <v>3179</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>3180</v>
+        <v>3181</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>986</v>
+        <v>968</v>
       </c>
       <c r="D902" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E902" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F902" t="s">
-        <v>238</v>
+        <v>396</v>
       </c>
       <c r="G902" s="1" t="s">
-        <v>3181</v>
+        <v>3182</v>
       </c>
       <c r="H902" t="s">
-        <v>3182</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>3183</v>
+        <v>3184</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>990</v>
+        <v>972</v>
       </c>
       <c r="D903" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E903" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F903" t="s">
-        <v>55</v>
+        <v>273</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>3184</v>
+        <v>3185</v>
       </c>
       <c r="H903" t="s">
-        <v>3185</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>3186</v>
+        <v>3187</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>994</v>
+        <v>977</v>
       </c>
       <c r="D904" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E904" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F904" t="s">
-        <v>1109</v>
+        <v>168</v>
       </c>
       <c r="G904" s="1" t="s">
-        <v>3187</v>
+        <v>3188</v>
       </c>
       <c r="H904" t="s">
-        <v>3188</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
-        <v>3189</v>
+        <v>3190</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>998</v>
+        <v>1660</v>
       </c>
       <c r="D905" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E905" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F905" t="s">
-        <v>907</v>
+        <v>13</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>3190</v>
+        <v>3191</v>
       </c>
       <c r="H905" t="s">
-        <v>3191</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
-        <v>3192</v>
+        <v>3193</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>1002</v>
+        <v>981</v>
       </c>
       <c r="D906" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E906" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F906" t="s">
-        <v>273</v>
+        <v>1298</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>3193</v>
+        <v>3194</v>
       </c>
       <c r="H906" t="s">
-        <v>3194</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
-        <v>3195</v>
+        <v>3196</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>1006</v>
+        <v>985</v>
       </c>
       <c r="D907" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E907" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F907" t="s">
-        <v>168</v>
+        <v>1298</v>
       </c>
       <c r="G907" s="1" t="s">
-        <v>3196</v>
+        <v>3197</v>
       </c>
       <c r="H907" t="s">
-        <v>3197</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
-        <v>3198</v>
+        <v>3199</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>1010</v>
+        <v>989</v>
       </c>
       <c r="D908" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E908" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F908" t="s">
-        <v>2900</v>
+        <v>273</v>
       </c>
       <c r="G908" s="1" t="s">
-        <v>3199</v>
+        <v>3200</v>
       </c>
       <c r="H908" t="s">
-        <v>3200</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
-        <v>3201</v>
+        <v>3202</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
-        <v>1015</v>
+        <v>993</v>
       </c>
       <c r="D909" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E909" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F909" t="s">
-        <v>2845</v>
+        <v>273</v>
       </c>
       <c r="G909" s="1" t="s">
-        <v>3202</v>
+        <v>3203</v>
       </c>
       <c r="H909" t="s">
-        <v>3203</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
-        <v>3204</v>
+        <v>3205</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
-        <v>1019</v>
+        <v>997</v>
       </c>
       <c r="D910" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E910" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F910" t="s">
-        <v>168</v>
+        <v>55</v>
       </c>
       <c r="G910" s="1" t="s">
-        <v>3205</v>
+        <v>3206</v>
       </c>
       <c r="H910" t="s">
-        <v>3206</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
-        <v>3207</v>
+        <v>3208</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
-        <v>1023</v>
+        <v>1001</v>
       </c>
       <c r="D911" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E911" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F911" t="s">
-        <v>3208</v>
+        <v>13</v>
       </c>
       <c r="G911" s="1" t="s">
         <v>3209</v>
       </c>
       <c r="H911" t="s">
         <v>3210</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
         <v>3211</v>
       </c>
       <c r="B912" t="s">
         <v>9</v>
       </c>
       <c r="C912" t="s">
-        <v>1027</v>
+        <v>1005</v>
       </c>
       <c r="D912" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E912" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F912" t="s">
-        <v>811</v>
+        <v>13</v>
       </c>
       <c r="G912" s="1" t="s">
         <v>3212</v>
       </c>
       <c r="H912" t="s">
         <v>3213</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
         <v>3214</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
-        <v>1031</v>
+        <v>1009</v>
       </c>
       <c r="D913" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E913" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F913" t="s">
-        <v>811</v>
+        <v>3215</v>
       </c>
       <c r="G913" s="1" t="s">
-        <v>3215</v>
+        <v>3216</v>
       </c>
       <c r="H913" t="s">
-        <v>3216</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
-        <v>3217</v>
+        <v>3218</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
-        <v>1035</v>
+        <v>1013</v>
       </c>
       <c r="D914" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E914" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F914" t="s">
-        <v>13</v>
+        <v>2953</v>
       </c>
       <c r="G914" s="1" t="s">
-        <v>3218</v>
+        <v>3219</v>
       </c>
       <c r="H914" t="s">
-        <v>3219</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
-        <v>3220</v>
+        <v>3221</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>1039</v>
+        <v>1017</v>
       </c>
       <c r="D915" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E915" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F915" t="s">
-        <v>3221</v>
+        <v>13</v>
       </c>
       <c r="G915" s="1" t="s">
         <v>3222</v>
       </c>
       <c r="H915" t="s">
         <v>3223</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
         <v>3224</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>1043</v>
+        <v>1020</v>
       </c>
       <c r="D916" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E916" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F916" t="s">
         <v>13</v>
       </c>
       <c r="G916" s="1" t="s">
         <v>3225</v>
       </c>
       <c r="H916" t="s">
         <v>3226</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
         <v>3227</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>1691</v>
+        <v>1024</v>
       </c>
       <c r="D917" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E917" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F917" t="s">
+        <v>168</v>
+      </c>
+      <c r="G917" s="1" t="s">
         <v>3228</v>
       </c>
-      <c r="G917" s="1" t="s">
+      <c r="H917" t="s">
         <v>3229</v>
-      </c>
-[...1 lines deleted...]
-        <v>3230</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B918" t="s">
+        <v>9</v>
+      </c>
+      <c r="C918" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D918" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E918" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F918" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G918" s="1" t="s">
         <v>3231</v>
       </c>
-      <c r="B918" t="s">
-[...14 lines deleted...]
-      <c r="G918" s="1" t="s">
+      <c r="H918" t="s">
         <v>3232</v>
-      </c>
-[...1 lines deleted...]
-        <v>3233</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
+        <v>3233</v>
+      </c>
+      <c r="B919" t="s">
+        <v>9</v>
+      </c>
+      <c r="C919" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D919" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E919" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F919" t="s">
+        <v>238</v>
+      </c>
+      <c r="G919" s="1" t="s">
         <v>3234</v>
       </c>
-      <c r="B919" t="s">
-[...14 lines deleted...]
-      <c r="G919" s="1" t="s">
+      <c r="H919" t="s">
         <v>3235</v>
-      </c>
-[...1 lines deleted...]
-        <v>3236</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
+        <v>3236</v>
+      </c>
+      <c r="B920" t="s">
+        <v>9</v>
+      </c>
+      <c r="C920" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D920" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E920" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F920" t="s">
+        <v>55</v>
+      </c>
+      <c r="G920" s="1" t="s">
         <v>3237</v>
       </c>
-      <c r="B920" t="s">
-[...14 lines deleted...]
-      <c r="G920" s="1" t="s">
+      <c r="H920" t="s">
         <v>3238</v>
-      </c>
-[...1 lines deleted...]
-        <v>3239</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
+        <v>3239</v>
+      </c>
+      <c r="B921" t="s">
+        <v>9</v>
+      </c>
+      <c r="C921" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D921" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E921" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F921" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G921" s="1" t="s">
         <v>3240</v>
       </c>
-      <c r="B921" t="s">
-[...14 lines deleted...]
-      <c r="G921" s="1" t="s">
+      <c r="H921" t="s">
         <v>3241</v>
-      </c>
-[...1 lines deleted...]
-        <v>3242</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B922" t="s">
+        <v>9</v>
+      </c>
+      <c r="C922" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D922" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E922" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F922" t="s">
+        <v>953</v>
+      </c>
+      <c r="G922" s="1" t="s">
         <v>3243</v>
       </c>
-      <c r="B922" t="s">
-[...14 lines deleted...]
-      <c r="G922" s="1" t="s">
+      <c r="H922" t="s">
         <v>3244</v>
-      </c>
-[...1 lines deleted...]
-        <v>3245</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B923" t="s">
+        <v>9</v>
+      </c>
+      <c r="C923" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D923" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E923" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F923" t="s">
+        <v>273</v>
+      </c>
+      <c r="G923" s="1" t="s">
         <v>3246</v>
       </c>
-      <c r="B923" t="s">
-[...14 lines deleted...]
-      <c r="G923" s="1" t="s">
+      <c r="H923" t="s">
         <v>3247</v>
-      </c>
-[...1 lines deleted...]
-        <v>3248</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B924" t="s">
+        <v>9</v>
+      </c>
+      <c r="C924" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D924" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E924" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F924" t="s">
+        <v>168</v>
+      </c>
+      <c r="G924" s="1" t="s">
         <v>3249</v>
       </c>
-      <c r="B924" t="s">
-[...14 lines deleted...]
-      <c r="G924" s="1" t="s">
+      <c r="H924" t="s">
         <v>3250</v>
-      </c>
-[...1 lines deleted...]
-        <v>3251</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B925" t="s">
+        <v>9</v>
+      </c>
+      <c r="C925" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D925" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E925" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F925" t="s">
+        <v>2953</v>
+      </c>
+      <c r="G925" s="1" t="s">
         <v>3252</v>
       </c>
-      <c r="B925" t="s">
-[...14 lines deleted...]
-      <c r="G925" s="1" t="s">
+      <c r="H925" t="s">
         <v>3253</v>
-      </c>
-[...1 lines deleted...]
-        <v>3254</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
+        <v>3254</v>
+      </c>
+      <c r="B926" t="s">
+        <v>9</v>
+      </c>
+      <c r="C926" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D926" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E926" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F926" t="s">
+        <v>2899</v>
+      </c>
+      <c r="G926" s="1" t="s">
         <v>3255</v>
       </c>
-      <c r="B926" t="s">
-[...14 lines deleted...]
-      <c r="G926" s="1" t="s">
+      <c r="H926" t="s">
         <v>3256</v>
-      </c>
-[...1 lines deleted...]
-        <v>3257</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
+        <v>3257</v>
+      </c>
+      <c r="B927" t="s">
+        <v>9</v>
+      </c>
+      <c r="C927" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D927" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E927" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F927" t="s">
+        <v>168</v>
+      </c>
+      <c r="G927" s="1" t="s">
         <v>3258</v>
       </c>
-      <c r="B927" t="s">
-[...14 lines deleted...]
-      <c r="G927" s="1" t="s">
+      <c r="H927" t="s">
         <v>3259</v>
-      </c>
-[...1 lines deleted...]
-        <v>3260</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B928" t="s">
+        <v>9</v>
+      </c>
+      <c r="C928" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D928" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E928" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F928" t="s">
         <v>3261</v>
       </c>
-      <c r="B928" t="s">
-[...11 lines deleted...]
-      <c r="F928" t="s">
+      <c r="G928" s="1" t="s">
         <v>3262</v>
       </c>
-      <c r="G928" s="1" t="s">
+      <c r="H928" t="s">
         <v>3263</v>
-      </c>
-[...1 lines deleted...]
-        <v>3264</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
+        <v>3264</v>
+      </c>
+      <c r="B929" t="s">
+        <v>9</v>
+      </c>
+      <c r="C929" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D929" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E929" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F929" t="s">
+        <v>857</v>
+      </c>
+      <c r="G929" s="1" t="s">
         <v>3265</v>
       </c>
-      <c r="B929" t="s">
-[...11 lines deleted...]
-      <c r="F929" t="s">
+      <c r="H929" t="s">
         <v>3266</v>
-      </c>
-[...4 lines deleted...]
-        <v>3268</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
+        <v>3267</v>
+      </c>
+      <c r="B930" t="s">
+        <v>9</v>
+      </c>
+      <c r="C930" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D930" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E930" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F930" t="s">
+        <v>857</v>
+      </c>
+      <c r="G930" s="1" t="s">
+        <v>3268</v>
+      </c>
+      <c r="H930" t="s">
         <v>3269</v>
-      </c>
-[...19 lines deleted...]
-        <v>3272</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
-        <v>3273</v>
+        <v>3270</v>
       </c>
       <c r="B931" t="s">
         <v>9</v>
       </c>
       <c r="C931" t="s">
-        <v>1736</v>
+        <v>1081</v>
       </c>
       <c r="D931" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E931" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F931" t="s">
-        <v>612</v>
+        <v>13</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>3274</v>
+        <v>3271</v>
       </c>
       <c r="H931" t="s">
-        <v>3275</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
+        <v>3273</v>
+      </c>
+      <c r="B932" t="s">
+        <v>9</v>
+      </c>
+      <c r="C932" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D932" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E932" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F932" t="s">
+        <v>3274</v>
+      </c>
+      <c r="G932" s="1" t="s">
+        <v>3275</v>
+      </c>
+      <c r="H932" t="s">
         <v>3276</v>
-      </c>
-[...19 lines deleted...]
-        <v>3278</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
+        <v>3277</v>
+      </c>
+      <c r="B933" t="s">
+        <v>9</v>
+      </c>
+      <c r="C933" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D933" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E933" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F933" t="s">
+        <v>13</v>
+      </c>
+      <c r="G933" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="H933" t="s">
         <v>3279</v>
-      </c>
-[...19 lines deleted...]
-        <v>3281</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
+        <v>3280</v>
+      </c>
+      <c r="B934" t="s">
+        <v>9</v>
+      </c>
+      <c r="C934" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D934" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E934" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F934" t="s">
+        <v>3281</v>
+      </c>
+      <c r="G934" s="1" t="s">
         <v>3282</v>
       </c>
-      <c r="B934" t="s">
-[...14 lines deleted...]
-      <c r="G934" s="1" t="s">
+      <c r="H934" t="s">
         <v>3283</v>
-      </c>
-[...1 lines deleted...]
-        <v>3284</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
-        <v>3285</v>
+        <v>3284</v>
       </c>
       <c r="B935" t="s">
         <v>9</v>
       </c>
       <c r="C935" t="s">
-        <v>1108</v>
+        <v>1093</v>
       </c>
       <c r="D935" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E935" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F935" t="s">
         <v>168</v>
       </c>
       <c r="G935" s="1" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H935" t="s">
         <v>3286</v>
-      </c>
-[...1 lines deleted...]
-        <v>3287</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
+        <v>3287</v>
+      </c>
+      <c r="B936" t="s">
+        <v>9</v>
+      </c>
+      <c r="C936" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D936" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E936" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F936" t="s">
+        <v>536</v>
+      </c>
+      <c r="G936" s="1" t="s">
         <v>3288</v>
       </c>
-      <c r="B936" t="s">
-[...14 lines deleted...]
-      <c r="G936" s="1" t="s">
+      <c r="H936" t="s">
         <v>3289</v>
-      </c>
-[...1 lines deleted...]
-        <v>3290</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
+        <v>3290</v>
+      </c>
+      <c r="B937" t="s">
+        <v>9</v>
+      </c>
+      <c r="C937" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D937" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E937" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F937" t="s">
+        <v>168</v>
+      </c>
+      <c r="G937" s="1" t="s">
         <v>3291</v>
       </c>
-      <c r="B937" t="s">
-[...14 lines deleted...]
-      <c r="G937" s="1" t="s">
+      <c r="H937" t="s">
         <v>3292</v>
-      </c>
-[...1 lines deleted...]
-        <v>3293</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
+        <v>3293</v>
+      </c>
+      <c r="B938" t="s">
+        <v>9</v>
+      </c>
+      <c r="C938" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D938" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E938" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F938" t="s">
+        <v>55</v>
+      </c>
+      <c r="G938" s="1" t="s">
         <v>3294</v>
       </c>
-      <c r="B938" t="s">
-[...14 lines deleted...]
-      <c r="G938" s="1" t="s">
+      <c r="H938" t="s">
         <v>3295</v>
-      </c>
-[...1 lines deleted...]
-        <v>3296</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
-        <v>3297</v>
+        <v>3296</v>
       </c>
       <c r="B939" t="s">
         <v>9</v>
       </c>
       <c r="C939" t="s">
-        <v>1133</v>
+        <v>1761</v>
       </c>
       <c r="D939" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E939" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F939" t="s">
         <v>273</v>
       </c>
       <c r="G939" s="1" t="s">
+        <v>3297</v>
+      </c>
+      <c r="H939" t="s">
         <v>3298</v>
-      </c>
-[...1 lines deleted...]
-        <v>3299</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
+        <v>3299</v>
+      </c>
+      <c r="B940" t="s">
+        <v>9</v>
+      </c>
+      <c r="C940" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D940" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E940" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F940" t="s">
+        <v>423</v>
+      </c>
+      <c r="G940" s="1" t="s">
         <v>3300</v>
       </c>
-      <c r="B940" t="s">
-[...14 lines deleted...]
-      <c r="G940" s="1" t="s">
+      <c r="H940" t="s">
         <v>3301</v>
-      </c>
-[...1 lines deleted...]
-        <v>3302</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
+        <v>3302</v>
+      </c>
+      <c r="B941" t="s">
+        <v>9</v>
+      </c>
+      <c r="C941" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D941" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E941" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F941" t="s">
+        <v>527</v>
+      </c>
+      <c r="G941" s="1" t="s">
         <v>3303</v>
       </c>
-      <c r="B941" t="s">
-[...14 lines deleted...]
-      <c r="G941" s="1" t="s">
+      <c r="H941" t="s">
         <v>3304</v>
-      </c>
-[...1 lines deleted...]
-        <v>3305</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
+        <v>3305</v>
+      </c>
+      <c r="B942" t="s">
+        <v>9</v>
+      </c>
+      <c r="C942" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D942" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E942" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F942" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G942" s="1" t="s">
         <v>3306</v>
       </c>
-      <c r="B942" t="s">
-[...14 lines deleted...]
-      <c r="G942" s="1" t="s">
+      <c r="H942" t="s">
         <v>3307</v>
-      </c>
-[...1 lines deleted...]
-        <v>3308</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
+        <v>3308</v>
+      </c>
+      <c r="B943" t="s">
+        <v>9</v>
+      </c>
+      <c r="C943" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D943" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E943" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F943" t="s">
+        <v>238</v>
+      </c>
+      <c r="G943" s="1" t="s">
         <v>3309</v>
       </c>
-      <c r="B943" t="s">
-[...14 lines deleted...]
-      <c r="G943" s="1" t="s">
+      <c r="H943" t="s">
         <v>3310</v>
-      </c>
-[...1 lines deleted...]
-        <v>3311</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
+        <v>3311</v>
+      </c>
+      <c r="B944" t="s">
+        <v>9</v>
+      </c>
+      <c r="C944" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D944" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E944" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F944" t="s">
+        <v>55</v>
+      </c>
+      <c r="G944" s="1" t="s">
         <v>3312</v>
       </c>
-      <c r="B944" t="s">
-[...14 lines deleted...]
-      <c r="G944" s="1" t="s">
+      <c r="H944" t="s">
         <v>3313</v>
-      </c>
-[...1 lines deleted...]
-        <v>3314</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
+        <v>3314</v>
+      </c>
+      <c r="B945" t="s">
+        <v>9</v>
+      </c>
+      <c r="C945" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D945" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E945" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F945" t="s">
         <v>3315</v>
       </c>
-      <c r="B945" t="s">
-[...11 lines deleted...]
-      <c r="F945" t="s">
+      <c r="G945" s="1" t="s">
         <v>3316</v>
       </c>
-      <c r="G945" s="1" t="s">
+      <c r="H945" t="s">
         <v>3317</v>
-      </c>
-[...1 lines deleted...]
-        <v>3318</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B946" t="s">
+        <v>9</v>
+      </c>
+      <c r="C946" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D946" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E946" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F946" t="s">
         <v>3319</v>
-      </c>
-[...13 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G946" s="1" t="s">
         <v>3320</v>
       </c>
       <c r="H946" t="s">
         <v>3321</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
         <v>3322</v>
       </c>
       <c r="B947" t="s">
         <v>9</v>
       </c>
       <c r="C947" t="s">
-        <v>1166</v>
+        <v>1138</v>
       </c>
       <c r="D947" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E947" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F947" t="s">
-        <v>55</v>
+        <v>3323</v>
       </c>
       <c r="G947" s="1" t="s">
-        <v>3323</v>
+        <v>3324</v>
       </c>
       <c r="H947" t="s">
-        <v>3324</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
-        <v>3325</v>
+        <v>3326</v>
       </c>
       <c r="B948" t="s">
         <v>9</v>
       </c>
       <c r="C948" t="s">
-        <v>1170</v>
+        <v>1793</v>
       </c>
       <c r="D948" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E948" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F948" t="s">
-        <v>373</v>
+        <v>661</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>3326</v>
+        <v>3327</v>
       </c>
       <c r="H948" t="s">
-        <v>3327</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
-        <v>3328</v>
+        <v>3329</v>
       </c>
       <c r="B949" t="s">
         <v>9</v>
       </c>
       <c r="C949" t="s">
-        <v>1798</v>
+        <v>1142</v>
       </c>
       <c r="D949" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E949" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F949" t="s">
-        <v>3329</v>
+        <v>273</v>
       </c>
       <c r="G949" s="1" t="s">
         <v>3330</v>
       </c>
       <c r="H949" t="s">
         <v>3331</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
         <v>3332</v>
       </c>
       <c r="B950" t="s">
         <v>9</v>
       </c>
       <c r="C950" t="s">
-        <v>1174</v>
+        <v>1146</v>
       </c>
       <c r="D950" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E950" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F950" t="s">
-        <v>612</v>
+        <v>273</v>
       </c>
       <c r="G950" s="1" t="s">
         <v>3333</v>
       </c>
       <c r="H950" t="s">
         <v>3334</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
         <v>3335</v>
       </c>
       <c r="B951" t="s">
         <v>9</v>
       </c>
       <c r="C951" t="s">
-        <v>1805</v>
+        <v>1150</v>
       </c>
       <c r="D951" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E951" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F951" t="s">
-        <v>168</v>
+        <v>396</v>
       </c>
       <c r="G951" s="1" t="s">
         <v>3336</v>
       </c>
       <c r="H951" t="s">
         <v>3337</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
         <v>3338</v>
       </c>
       <c r="B952" t="s">
         <v>9</v>
       </c>
       <c r="C952" t="s">
-        <v>1809</v>
+        <v>1154</v>
       </c>
       <c r="D952" t="s">
-        <v>2694</v>
+        <v>2748</v>
       </c>
       <c r="E952" t="s">
-        <v>2695</v>
+        <v>2749</v>
       </c>
       <c r="F952" t="s">
         <v>168</v>
       </c>
       <c r="G952" s="1" t="s">
         <v>3339</v>
       </c>
       <c r="H952" t="s">
         <v>3340</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
         <v>3341</v>
       </c>
       <c r="B953" t="s">
         <v>9</v>
       </c>
       <c r="C953" t="s">
-        <v>10</v>
+        <v>1159</v>
       </c>
       <c r="D953" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E953" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F953" t="s">
+        <v>177</v>
+      </c>
+      <c r="G953" s="1" t="s">
         <v>3342</v>
       </c>
-      <c r="E953" t="s">
+      <c r="H953" t="s">
         <v>3343</v>
-      </c>
-[...7 lines deleted...]
-        <v>3345</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
+        <v>3344</v>
+      </c>
+      <c r="B954" t="s">
+        <v>9</v>
+      </c>
+      <c r="C954" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D954" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E954" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F954" t="s">
+        <v>13</v>
+      </c>
+      <c r="G954" s="1" t="s">
+        <v>3345</v>
+      </c>
+      <c r="H954" t="s">
         <v>3346</v>
-      </c>
-[...16 lines deleted...]
-        <v>3347</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
+        <v>3347</v>
+      </c>
+      <c r="B955" t="s">
+        <v>9</v>
+      </c>
+      <c r="C955" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D955" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E955" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F955" t="s">
+        <v>168</v>
+      </c>
+      <c r="G955" s="1" t="s">
         <v>3348</v>
       </c>
-      <c r="B955" t="s">
-[...5 lines deleted...]
-      <c r="D955" t="s">
+      <c r="H955" t="s">
         <v>3349</v>
-      </c>
-[...7 lines deleted...]
-        <v>3352</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
+        <v>3350</v>
+      </c>
+      <c r="B956" t="s">
+        <v>9</v>
+      </c>
+      <c r="C956" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D956" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E956" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F956" t="s">
+        <v>273</v>
+      </c>
+      <c r="G956" s="1" t="s">
+        <v>3351</v>
+      </c>
+      <c r="H956" t="s">
+        <v>3352</v>
+      </c>
+    </row>
+    <row r="957" spans="1:8">
+      <c r="A957" t="s">
         <v>3353</v>
       </c>
-      <c r="B956" t="s">
-[...2 lines deleted...]
-      <c r="C956" t="s">
+      <c r="B957" t="s">
+        <v>9</v>
+      </c>
+      <c r="C957" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D957" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E957" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F957" t="s">
+        <v>13</v>
+      </c>
+      <c r="G957" s="1" t="s">
+        <v>3354</v>
+      </c>
+      <c r="H957" t="s">
+        <v>3355</v>
+      </c>
+    </row>
+    <row r="958" spans="1:8">
+      <c r="A958" t="s">
+        <v>3356</v>
+      </c>
+      <c r="B958" t="s">
+        <v>9</v>
+      </c>
+      <c r="C958" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D958" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E958" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F958" t="s">
+        <v>13</v>
+      </c>
+      <c r="G958" s="1" t="s">
+        <v>3357</v>
+      </c>
+      <c r="H958" t="s">
+        <v>3358</v>
+      </c>
+    </row>
+    <row r="959" spans="1:8">
+      <c r="A959" t="s">
+        <v>3359</v>
+      </c>
+      <c r="B959" t="s">
+        <v>9</v>
+      </c>
+      <c r="C959" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D959" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E959" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F959" t="s">
+        <v>13</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>3360</v>
+      </c>
+      <c r="H959" t="s">
+        <v>3361</v>
+      </c>
+    </row>
+    <row r="960" spans="1:8">
+      <c r="A960" t="s">
+        <v>3362</v>
+      </c>
+      <c r="B960" t="s">
+        <v>9</v>
+      </c>
+      <c r="C960" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D960" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E960" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F960" t="s">
+        <v>13</v>
+      </c>
+      <c r="G960" s="1" t="s">
+        <v>3363</v>
+      </c>
+      <c r="H960" t="s">
+        <v>3364</v>
+      </c>
+    </row>
+    <row r="961" spans="1:8">
+      <c r="A961" t="s">
+        <v>3365</v>
+      </c>
+      <c r="B961" t="s">
+        <v>9</v>
+      </c>
+      <c r="C961" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D961" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E961" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F961" t="s">
+        <v>430</v>
+      </c>
+      <c r="G961" s="1" t="s">
+        <v>3366</v>
+      </c>
+      <c r="H961" t="s">
+        <v>3367</v>
+      </c>
+    </row>
+    <row r="962" spans="1:8">
+      <c r="A962" t="s">
+        <v>3368</v>
+      </c>
+      <c r="B962" t="s">
+        <v>9</v>
+      </c>
+      <c r="C962" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D962" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E962" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F962" t="s">
+        <v>3369</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>3370</v>
+      </c>
+      <c r="H962" t="s">
+        <v>3371</v>
+      </c>
+    </row>
+    <row r="963" spans="1:8">
+      <c r="A963" t="s">
+        <v>3372</v>
+      </c>
+      <c r="B963" t="s">
+        <v>9</v>
+      </c>
+      <c r="C963" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D963" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E963" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F963" t="s">
+        <v>55</v>
+      </c>
+      <c r="G963" s="1" t="s">
+        <v>3373</v>
+      </c>
+      <c r="H963" t="s">
+        <v>3374</v>
+      </c>
+    </row>
+    <row r="964" spans="1:8">
+      <c r="A964" t="s">
+        <v>3375</v>
+      </c>
+      <c r="B964" t="s">
+        <v>9</v>
+      </c>
+      <c r="C964" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D964" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E964" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F964" t="s">
+        <v>55</v>
+      </c>
+      <c r="G964" s="1" t="s">
+        <v>3376</v>
+      </c>
+      <c r="H964" t="s">
+        <v>3377</v>
+      </c>
+    </row>
+    <row r="965" spans="1:8">
+      <c r="A965" t="s">
+        <v>3378</v>
+      </c>
+      <c r="B965" t="s">
+        <v>9</v>
+      </c>
+      <c r="C965" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D965" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E965" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F965" t="s">
+        <v>396</v>
+      </c>
+      <c r="G965" s="1" t="s">
+        <v>3379</v>
+      </c>
+      <c r="H965" t="s">
+        <v>3380</v>
+      </c>
+    </row>
+    <row r="966" spans="1:8">
+      <c r="A966" t="s">
+        <v>3381</v>
+      </c>
+      <c r="B966" t="s">
+        <v>9</v>
+      </c>
+      <c r="C966" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D966" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E966" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F966" t="s">
+        <v>3382</v>
+      </c>
+      <c r="G966" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="H966" t="s">
+        <v>3384</v>
+      </c>
+    </row>
+    <row r="967" spans="1:8">
+      <c r="A967" t="s">
+        <v>3385</v>
+      </c>
+      <c r="B967" t="s">
+        <v>9</v>
+      </c>
+      <c r="C967" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D967" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E967" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F967" t="s">
+        <v>661</v>
+      </c>
+      <c r="G967" s="1" t="s">
+        <v>3386</v>
+      </c>
+      <c r="H967" t="s">
+        <v>3387</v>
+      </c>
+    </row>
+    <row r="968" spans="1:8">
+      <c r="A968" t="s">
+        <v>3388</v>
+      </c>
+      <c r="B968" t="s">
+        <v>9</v>
+      </c>
+      <c r="C968" t="s">
+        <v>10</v>
+      </c>
+      <c r="D968" t="s">
+        <v>3389</v>
+      </c>
+      <c r="E968" t="s">
+        <v>3390</v>
+      </c>
+      <c r="F968" t="s">
+        <v>55</v>
+      </c>
+      <c r="G968" s="1" t="s">
+        <v>3391</v>
+      </c>
+      <c r="H968" t="s">
+        <v>3392</v>
+      </c>
+    </row>
+    <row r="969" spans="1:8">
+      <c r="A969" t="s">
+        <v>3393</v>
+      </c>
+      <c r="B969" t="s">
+        <v>9</v>
+      </c>
+      <c r="C969" t="s">
         <v>17</v>
       </c>
-      <c r="D956" t="s">
-[...9 lines deleted...]
-        <v>3355</v>
+      <c r="D969" t="s">
+        <v>3389</v>
+      </c>
+      <c r="E969" t="s">
+        <v>3390</v>
+      </c>
+      <c r="G969" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H969" t="s">
+        <v>3394</v>
+      </c>
+    </row>
+    <row r="970" spans="1:8">
+      <c r="A970" t="s">
+        <v>3395</v>
+      </c>
+      <c r="B970" t="s">
+        <v>9</v>
+      </c>
+      <c r="C970" t="s">
+        <v>10</v>
+      </c>
+      <c r="D970" t="s">
+        <v>3396</v>
+      </c>
+      <c r="E970" t="s">
+        <v>3397</v>
+      </c>
+      <c r="G970" s="1" t="s">
+        <v>3398</v>
+      </c>
+      <c r="H970" t="s">
+        <v>3399</v>
+      </c>
+    </row>
+    <row r="971" spans="1:8">
+      <c r="A971" t="s">
+        <v>3400</v>
+      </c>
+      <c r="B971" t="s">
+        <v>9</v>
+      </c>
+      <c r="C971" t="s">
+        <v>17</v>
+      </c>
+      <c r="D971" t="s">
+        <v>3396</v>
+      </c>
+      <c r="E971" t="s">
+        <v>3397</v>
+      </c>
+      <c r="G971" s="1" t="s">
+        <v>3401</v>
+      </c>
+      <c r="H971" t="s">
+        <v>3402</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -36261,50 +36792,65 @@
     <hyperlink ref="G932" r:id="rId931"/>
     <hyperlink ref="G933" r:id="rId932"/>
     <hyperlink ref="G934" r:id="rId933"/>
     <hyperlink ref="G935" r:id="rId934"/>
     <hyperlink ref="G936" r:id="rId935"/>
     <hyperlink ref="G937" r:id="rId936"/>
     <hyperlink ref="G938" r:id="rId937"/>
     <hyperlink ref="G939" r:id="rId938"/>
     <hyperlink ref="G940" r:id="rId939"/>
     <hyperlink ref="G941" r:id="rId940"/>
     <hyperlink ref="G942" r:id="rId941"/>
     <hyperlink ref="G943" r:id="rId942"/>
     <hyperlink ref="G944" r:id="rId943"/>
     <hyperlink ref="G945" r:id="rId944"/>
     <hyperlink ref="G946" r:id="rId945"/>
     <hyperlink ref="G947" r:id="rId946"/>
     <hyperlink ref="G948" r:id="rId947"/>
     <hyperlink ref="G949" r:id="rId948"/>
     <hyperlink ref="G950" r:id="rId949"/>
     <hyperlink ref="G951" r:id="rId950"/>
     <hyperlink ref="G952" r:id="rId951"/>
     <hyperlink ref="G953" r:id="rId952"/>
     <hyperlink ref="G954" r:id="rId953"/>
     <hyperlink ref="G955" r:id="rId954"/>
     <hyperlink ref="G956" r:id="rId955"/>
+    <hyperlink ref="G957" r:id="rId956"/>
+    <hyperlink ref="G958" r:id="rId957"/>
+    <hyperlink ref="G959" r:id="rId958"/>
+    <hyperlink ref="G960" r:id="rId959"/>
+    <hyperlink ref="G961" r:id="rId960"/>
+    <hyperlink ref="G962" r:id="rId961"/>
+    <hyperlink ref="G963" r:id="rId962"/>
+    <hyperlink ref="G964" r:id="rId963"/>
+    <hyperlink ref="G965" r:id="rId964"/>
+    <hyperlink ref="G966" r:id="rId965"/>
+    <hyperlink ref="G967" r:id="rId966"/>
+    <hyperlink ref="G968" r:id="rId967"/>
+    <hyperlink ref="G969" r:id="rId968"/>
+    <hyperlink ref="G970" r:id="rId969"/>
+    <hyperlink ref="G971" r:id="rId970"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>